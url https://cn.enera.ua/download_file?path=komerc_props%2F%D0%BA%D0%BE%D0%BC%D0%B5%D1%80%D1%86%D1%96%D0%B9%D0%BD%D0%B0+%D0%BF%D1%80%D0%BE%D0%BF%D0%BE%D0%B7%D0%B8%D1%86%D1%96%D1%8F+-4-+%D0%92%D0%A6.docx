--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -416,208 +416,200 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AE199C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>ціни та критерії диференціації</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77CD7188" w14:textId="77777777" w:rsidR="009D382D" w:rsidRPr="009D382D" w:rsidRDefault="009D382D" w:rsidP="009D382D">
+          <w:p w14:paraId="77CD7188" w14:textId="1600C422" w:rsidR="009D382D" w:rsidRPr="009D382D" w:rsidRDefault="009D382D" w:rsidP="009D382D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>Ціна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve"> на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t>на</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>електричну</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t>електричну</w:t>
+              <w:t>енергію</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> за 1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t>енергію</w:t>
+              <w:t>кВт·год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> за 1 </w:t>
+              <w:t xml:space="preserve"> на </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t>кВт·год</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>розрахунков</w:t>
+            </w:r>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>ий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D382D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t>розрахунков</w:t>
-            </w:r>
+              <w:t>періо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t>ий</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>д</w:t>
+            </w:r>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> становить </w:t>
+            </w:r>
+            <w:r w:rsidR="009B1488">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="uk-UA"/>
-[...7 lines deleted...]
-                <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t>д</w:t>
-[...15 lines deleted...]
-              <w:t>7 </w:t>
+              <w:t> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>грн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
@@ -1995,440 +1987,67 @@
           <w:tcPr>
             <w:tcW w:w="7416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F712020" w14:textId="77777777" w:rsidR="00C32825" w:rsidRPr="00C32825" w:rsidRDefault="00C32825" w:rsidP="00C32825">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C32825">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Вся </w:t>
-[...370 lines deleted...]
-              <w:t xml:space="preserve"> 07.11.2014).</w:t>
+              <w:t>Вся територія України (крім населених пунктів, на території яких органи державної влади України тимчасово не здійснюють свої повноваження, згідно Розпорядження КМУ № 1085-р від 07.11.2014).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11B4962C" w14:textId="266FF0AF" w:rsidR="00AF596B" w:rsidRPr="005A0E1E" w:rsidRDefault="00AF596B" w:rsidP="00AF596B">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:widowControl/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:ind w:firstLine="5"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA6E07" w:rsidRPr="00C32825" w14:paraId="06C9064E" w14:textId="77777777" w:rsidTr="00AE199C">
+      <w:tr w:rsidR="00EA6E07" w:rsidRPr="009B1488" w14:paraId="06C9064E" w14:textId="77777777" w:rsidTr="00AE199C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="722C4124" w14:textId="77777777" w:rsidR="00EA6E07" w:rsidRDefault="00EA6E07" w:rsidP="00AE199C">
             <w:pPr>
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
@@ -3582,51 +3201,51 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Споживачем</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE199C" w:rsidRPr="00C32825" w14:paraId="2490510D" w14:textId="77777777" w:rsidTr="00AE199C">
+      <w:tr w:rsidR="00AE199C" w:rsidRPr="009B1488" w14:paraId="2490510D" w14:textId="77777777" w:rsidTr="00AE199C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0CF22723" w14:textId="0AF50947" w:rsidR="00AE199C" w:rsidRDefault="00AE199C" w:rsidP="00AE199C">
             <w:pPr>
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00586F9E">
               <w:rPr>
                 <w:b/>
@@ -10656,58 +10275,58 @@
     <w:p w14:paraId="1ED419BA" w14:textId="77777777" w:rsidR="00D86BA8" w:rsidRDefault="00D86BA8" w:rsidP="00AE199C">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="1" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D86BA8">
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="476" w:right="703" w:bottom="1440" w:left="1419" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="631C4EE6" w14:textId="77777777" w:rsidR="0030481B" w:rsidRDefault="0030481B">
+    <w:p w14:paraId="0E95EF9C" w14:textId="77777777" w:rsidR="00DE0114" w:rsidRDefault="00DE0114">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B553186" w14:textId="77777777" w:rsidR="0030481B" w:rsidRDefault="0030481B">
+    <w:p w14:paraId="47BED512" w14:textId="77777777" w:rsidR="00DE0114" w:rsidRDefault="00DE0114">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -10737,58 +10356,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0AA8CF4D" w14:textId="77777777" w:rsidR="0030481B" w:rsidRDefault="0030481B">
+    <w:p w14:paraId="129D54A2" w14:textId="77777777" w:rsidR="00DE0114" w:rsidRDefault="00DE0114">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7BF321F9" w14:textId="77777777" w:rsidR="0030481B" w:rsidRDefault="0030481B">
+    <w:p w14:paraId="66DB866B" w14:textId="77777777" w:rsidR="00DE0114" w:rsidRDefault="00DE0114">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -10805,63 +10424,65 @@
     <w:rsid w:val="0021631E"/>
     <w:rsid w:val="002B63D6"/>
     <w:rsid w:val="002C7A85"/>
     <w:rsid w:val="0030481B"/>
     <w:rsid w:val="00343FB8"/>
     <w:rsid w:val="00455ADF"/>
     <w:rsid w:val="004639E4"/>
     <w:rsid w:val="00464B16"/>
     <w:rsid w:val="004D2426"/>
     <w:rsid w:val="00543891"/>
     <w:rsid w:val="005665E2"/>
     <w:rsid w:val="00585B86"/>
     <w:rsid w:val="005A0E1E"/>
     <w:rsid w:val="005A180A"/>
     <w:rsid w:val="005D5E5C"/>
     <w:rsid w:val="006166D9"/>
     <w:rsid w:val="0061701B"/>
     <w:rsid w:val="006653DC"/>
     <w:rsid w:val="007C6D91"/>
     <w:rsid w:val="00855D57"/>
     <w:rsid w:val="008B5CB4"/>
     <w:rsid w:val="0092546C"/>
     <w:rsid w:val="00995A7D"/>
     <w:rsid w:val="009A0B70"/>
     <w:rsid w:val="009A45A2"/>
+    <w:rsid w:val="009B1488"/>
     <w:rsid w:val="009D382D"/>
     <w:rsid w:val="009E64AC"/>
     <w:rsid w:val="00AC2BCF"/>
     <w:rsid w:val="00AE199C"/>
     <w:rsid w:val="00AF596B"/>
     <w:rsid w:val="00B16F4D"/>
     <w:rsid w:val="00B43BDF"/>
     <w:rsid w:val="00B43C55"/>
     <w:rsid w:val="00BA309C"/>
     <w:rsid w:val="00C32825"/>
     <w:rsid w:val="00C74C82"/>
     <w:rsid w:val="00D620BA"/>
     <w:rsid w:val="00D86BA8"/>
+    <w:rsid w:val="00DE0114"/>
     <w:rsid w:val="00DF55A2"/>
     <w:rsid w:val="00E40993"/>
     <w:rsid w:val="00E509DC"/>
     <w:rsid w:val="00E83094"/>
     <w:rsid w:val="00E97944"/>
     <w:rsid w:val="00EA6E07"/>
     <w:rsid w:val="00EC078D"/>
     <w:rsid w:val="00F260A4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -17639,65 +17260,65 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>8467</Words>
+  <Words>8468</Words>
   <Characters>4827</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>40</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13268</CharactersWithSpaces>
+  <CharactersWithSpaces>13269</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>k.serdiuk</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>