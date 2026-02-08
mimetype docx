--- v1 (2025-12-14)
+++ v2 (2026-02-08)
@@ -416,190 +416,216 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AE199C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>ціни та критерії диференціації</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77CD7188" w14:textId="1600C422" w:rsidR="009D382D" w:rsidRPr="009D382D" w:rsidRDefault="009D382D" w:rsidP="009D382D">
+          <w:p w14:paraId="77CD7188" w14:textId="5DE01FE3" w:rsidR="009D382D" w:rsidRPr="009D382D" w:rsidRDefault="009D382D" w:rsidP="009D382D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>Ціна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009D382D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009D382D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D382D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>електричну</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D382D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D382D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>енергію</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D382D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D382D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>кВт·год</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D382D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
               <w:t xml:space="preserve"> на </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t>електричну</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>розрахунков</w:t>
+            </w:r>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>ий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D382D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t>енергію</w:t>
+              <w:t>періо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D382D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> за 1 </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009D382D">
+              <w:t xml:space="preserve"> становить </w:t>
+            </w:r>
+            <w:r w:rsidR="00E3748C">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E3748C" w:rsidRPr="00E3748C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t>кВт·год</w:t>
-[...68 lines deleted...]
-              <w:t>10</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>грн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009D382D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2003,51 +2029,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C32825">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Вся територія України (крім населених пунктів, на території яких органи державної влади України тимчасово не здійснюють свої повноваження, згідно Розпорядження КМУ № 1085-р від 07.11.2014).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11B4962C" w14:textId="266FF0AF" w:rsidR="00AF596B" w:rsidRPr="005A0E1E" w:rsidRDefault="00AF596B" w:rsidP="00AF596B">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:widowControl/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:ind w:firstLine="5"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA6E07" w:rsidRPr="009B1488" w14:paraId="06C9064E" w14:textId="77777777" w:rsidTr="00AE199C">
+      <w:tr w:rsidR="00EA6E07" w:rsidRPr="00E3748C" w14:paraId="06C9064E" w14:textId="77777777" w:rsidTr="00AE199C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="722C4124" w14:textId="77777777" w:rsidR="00EA6E07" w:rsidRDefault="00EA6E07" w:rsidP="00AE199C">
             <w:pPr>
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
@@ -3201,51 +3227,51 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Споживачем</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE199C" w:rsidRPr="009B1488" w14:paraId="2490510D" w14:textId="77777777" w:rsidTr="00AE199C">
+      <w:tr w:rsidR="00AE199C" w:rsidRPr="00E3748C" w14:paraId="2490510D" w14:textId="77777777" w:rsidTr="00AE199C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0CF22723" w14:textId="0AF50947" w:rsidR="00AE199C" w:rsidRDefault="00AE199C" w:rsidP="00AE199C">
             <w:pPr>
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00586F9E">
               <w:rPr>
                 <w:b/>
@@ -10407,83 +10433,85 @@
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D86BA8"/>
     <w:rsid w:val="000A226C"/>
     <w:rsid w:val="001A5DCD"/>
     <w:rsid w:val="001B617D"/>
     <w:rsid w:val="001F1384"/>
     <w:rsid w:val="0021631E"/>
     <w:rsid w:val="002B63D6"/>
     <w:rsid w:val="002C7A85"/>
     <w:rsid w:val="0030481B"/>
     <w:rsid w:val="00343FB8"/>
     <w:rsid w:val="00455ADF"/>
     <w:rsid w:val="004639E4"/>
     <w:rsid w:val="00464B16"/>
+    <w:rsid w:val="004931EF"/>
     <w:rsid w:val="004D2426"/>
     <w:rsid w:val="00543891"/>
     <w:rsid w:val="005665E2"/>
     <w:rsid w:val="00585B86"/>
     <w:rsid w:val="005A0E1E"/>
     <w:rsid w:val="005A180A"/>
     <w:rsid w:val="005D5E5C"/>
     <w:rsid w:val="006166D9"/>
     <w:rsid w:val="0061701B"/>
     <w:rsid w:val="006653DC"/>
     <w:rsid w:val="007C6D91"/>
     <w:rsid w:val="00855D57"/>
     <w:rsid w:val="008B5CB4"/>
     <w:rsid w:val="0092546C"/>
     <w:rsid w:val="00995A7D"/>
     <w:rsid w:val="009A0B70"/>
     <w:rsid w:val="009A45A2"/>
     <w:rsid w:val="009B1488"/>
     <w:rsid w:val="009D382D"/>
     <w:rsid w:val="009E64AC"/>
     <w:rsid w:val="00AC2BCF"/>
     <w:rsid w:val="00AE199C"/>
     <w:rsid w:val="00AF596B"/>
     <w:rsid w:val="00B16F4D"/>
     <w:rsid w:val="00B43BDF"/>
     <w:rsid w:val="00B43C55"/>
     <w:rsid w:val="00BA309C"/>
     <w:rsid w:val="00C32825"/>
     <w:rsid w:val="00C74C82"/>
     <w:rsid w:val="00D620BA"/>
     <w:rsid w:val="00D86BA8"/>
     <w:rsid w:val="00DE0114"/>
     <w:rsid w:val="00DF55A2"/>
+    <w:rsid w:val="00E3748C"/>
     <w:rsid w:val="00E40993"/>
     <w:rsid w:val="00E509DC"/>
     <w:rsid w:val="00E83094"/>
     <w:rsid w:val="00E97944"/>
     <w:rsid w:val="00EA6E07"/>
     <w:rsid w:val="00EC078D"/>
     <w:rsid w:val="00F260A4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>