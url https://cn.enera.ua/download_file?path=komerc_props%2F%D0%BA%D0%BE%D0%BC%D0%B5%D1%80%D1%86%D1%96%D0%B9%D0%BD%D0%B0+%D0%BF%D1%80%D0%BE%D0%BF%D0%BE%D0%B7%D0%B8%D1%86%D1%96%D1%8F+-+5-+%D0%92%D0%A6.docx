--- v0 (2025-10-13)
+++ v1 (2026-02-08)
@@ -385,51 +385,51 @@
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00586F9E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>Ціна на електричну енергію, у тому числі диференційовані ціни та критерії диференціації</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="099274B9" w14:textId="77777777" w:rsidR="00C000FA" w:rsidRPr="00C000FA" w:rsidRDefault="00C000FA" w:rsidP="00C000FA">
+          <w:p w14:paraId="099274B9" w14:textId="56AE6A3F" w:rsidR="00C000FA" w:rsidRPr="00C000FA" w:rsidRDefault="00C000FA" w:rsidP="00C000FA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C000FA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>Ціна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C000FA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -536,57 +536,75 @@
             <w:r w:rsidRPr="00C000FA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>періо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C000FA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>д</w:t>
             </w:r>
             <w:r w:rsidRPr="00C000FA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> становить </w:t>
             </w:r>
+            <w:r w:rsidR="0082159F" w:rsidRPr="0082159F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00A2205D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00C000FA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t>7 </w:t>
+              <w:t> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C000FA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>грн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C000FA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C000FA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
@@ -2366,51 +2384,50 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="02A55AA8" w14:textId="77777777" w:rsidR="00427D10" w:rsidRPr="00427D10" w:rsidRDefault="00427D10" w:rsidP="00427D10">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r w:rsidRPr="00427D10">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Вся </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00427D10">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>територія</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00427D10">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
@@ -2749,66 +2766,65 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> КМУ № 1085-р </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00427D10">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>від</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00427D10">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> 07.11.2014).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="0"/>
           <w:p w14:paraId="6E43CF90" w14:textId="44802201" w:rsidR="00065CCC" w:rsidRDefault="00065CCC" w:rsidP="00065CCC">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:widowControl/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:ind w:firstLine="5"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle12"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C4C70" w:rsidRPr="00427D10" w14:paraId="5BDCE031" w14:textId="77777777">
+      <w:tr w:rsidR="009C4C70" w:rsidRPr="0082159F" w14:paraId="5BDCE031" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="29E4854B" w14:textId="77777777" w:rsidR="009C4C70" w:rsidRDefault="009C4C70" w:rsidP="009F725D">
             <w:pPr>
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
@@ -3578,51 +3594,51 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007F493B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Споживачем</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007F493B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F725D" w:rsidRPr="00427D10" w14:paraId="70A3C8F1" w14:textId="77777777">
+      <w:tr w:rsidR="009F725D" w:rsidRPr="0082159F" w14:paraId="70A3C8F1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5C441615" w14:textId="48D0CB4A" w:rsidR="009F725D" w:rsidRDefault="009F725D" w:rsidP="009F725D">
             <w:pPr>
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00586F9E">
               <w:rPr>
                 <w:b/>
@@ -12737,58 +12753,58 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D1752BD" w14:textId="77777777" w:rsidR="00E24355" w:rsidRPr="00E24355" w:rsidRDefault="00E24355" w:rsidP="00E24355">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E24355" w:rsidRPr="00E24355" w:rsidSect="00E24355">
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="0" w:right="1132" w:bottom="0" w:left="1419" w:header="720" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78424384" w14:textId="77777777" w:rsidR="00962907" w:rsidRDefault="00962907">
+    <w:p w14:paraId="354D3FD7" w14:textId="77777777" w:rsidR="00E30727" w:rsidRDefault="00E30727">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28F24A3A" w14:textId="77777777" w:rsidR="00962907" w:rsidRDefault="00962907">
+    <w:p w14:paraId="09B64254" w14:textId="77777777" w:rsidR="00E30727" w:rsidRDefault="00E30727">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -12818,178 +12834,184 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32B25A36" w14:textId="77777777" w:rsidR="00962907" w:rsidRDefault="00962907">
+    <w:p w14:paraId="261CB447" w14:textId="77777777" w:rsidR="00E30727" w:rsidRDefault="00E30727">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="297CC4E8" w14:textId="77777777" w:rsidR="00962907" w:rsidRDefault="00962907">
+    <w:p w14:paraId="54E5E0D9" w14:textId="77777777" w:rsidR="00E30727" w:rsidRDefault="00E30727">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E06EF7"/>
     <w:rsid w:val="00065CCC"/>
     <w:rsid w:val="000817FE"/>
     <w:rsid w:val="000A21E6"/>
     <w:rsid w:val="000E7DD6"/>
     <w:rsid w:val="00111122"/>
     <w:rsid w:val="00142CB0"/>
     <w:rsid w:val="001531F8"/>
     <w:rsid w:val="00177617"/>
     <w:rsid w:val="001B1BD5"/>
     <w:rsid w:val="00226ADD"/>
     <w:rsid w:val="002B6BF4"/>
     <w:rsid w:val="00312E4D"/>
     <w:rsid w:val="00341831"/>
     <w:rsid w:val="00343FB8"/>
     <w:rsid w:val="00344040"/>
     <w:rsid w:val="003C2119"/>
     <w:rsid w:val="00412DC9"/>
     <w:rsid w:val="00415B7B"/>
     <w:rsid w:val="00427D10"/>
     <w:rsid w:val="00440FF5"/>
     <w:rsid w:val="00480FB5"/>
     <w:rsid w:val="00482FF9"/>
     <w:rsid w:val="00493948"/>
+    <w:rsid w:val="00524538"/>
     <w:rsid w:val="005A4845"/>
     <w:rsid w:val="005B7C7B"/>
     <w:rsid w:val="00611FBD"/>
     <w:rsid w:val="0062042F"/>
     <w:rsid w:val="006271DE"/>
     <w:rsid w:val="006A18D7"/>
     <w:rsid w:val="006E4F90"/>
     <w:rsid w:val="00706D02"/>
     <w:rsid w:val="00707901"/>
     <w:rsid w:val="00725D7E"/>
     <w:rsid w:val="00726FC0"/>
     <w:rsid w:val="007465F3"/>
     <w:rsid w:val="0077363D"/>
     <w:rsid w:val="007F493B"/>
     <w:rsid w:val="00807C2B"/>
+    <w:rsid w:val="0082159F"/>
     <w:rsid w:val="008351EB"/>
+    <w:rsid w:val="008703B0"/>
     <w:rsid w:val="00875ECE"/>
     <w:rsid w:val="008A29DD"/>
     <w:rsid w:val="008C27EA"/>
     <w:rsid w:val="00932442"/>
     <w:rsid w:val="00937105"/>
     <w:rsid w:val="00962907"/>
     <w:rsid w:val="009741B9"/>
     <w:rsid w:val="009A564A"/>
     <w:rsid w:val="009C4C70"/>
     <w:rsid w:val="009F725D"/>
+    <w:rsid w:val="00A2205D"/>
     <w:rsid w:val="00A926B9"/>
     <w:rsid w:val="00AB04A8"/>
     <w:rsid w:val="00B316E0"/>
     <w:rsid w:val="00B91402"/>
     <w:rsid w:val="00BA127B"/>
     <w:rsid w:val="00BC06B9"/>
     <w:rsid w:val="00C000FA"/>
     <w:rsid w:val="00C50AAB"/>
     <w:rsid w:val="00CB1EB9"/>
     <w:rsid w:val="00CC6A1F"/>
+    <w:rsid w:val="00D34037"/>
     <w:rsid w:val="00D5779D"/>
     <w:rsid w:val="00DA0A60"/>
     <w:rsid w:val="00DC5B43"/>
     <w:rsid w:val="00E06EF7"/>
     <w:rsid w:val="00E24355"/>
+    <w:rsid w:val="00E30727"/>
     <w:rsid w:val="00EE7BBE"/>
     <w:rsid w:val="00F07D25"/>
     <w:rsid w:val="00FB1E6A"/>
     <w:rsid w:val="00FE7936"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1E7970D0"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
@@ -19745,77 +19767,77 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A4751D6-B2D6-4D8E-9511-7930B87F8A67}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46F8BB91-BBC2-4480-BE44-8B323EED2A2D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>8471</Words>
-  <Characters>4829</Characters>
+  <Words>8472</Words>
+  <Characters>4830</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>40</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13274</CharactersWithSpaces>
+  <CharactersWithSpaces>13276</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>k.serdiuk</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>