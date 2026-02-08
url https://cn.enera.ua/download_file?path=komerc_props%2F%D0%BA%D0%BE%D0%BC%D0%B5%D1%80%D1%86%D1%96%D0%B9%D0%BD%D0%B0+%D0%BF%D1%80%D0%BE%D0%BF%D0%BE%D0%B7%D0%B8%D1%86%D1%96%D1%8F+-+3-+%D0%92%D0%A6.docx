--- v0 (2025-10-13)
+++ v1 (2026-02-08)
@@ -390,51 +390,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00586F9E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> ціни та критерії диференціації</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52A4FCC1" w14:textId="77777777" w:rsidR="00162AC4" w:rsidRPr="00162AC4" w:rsidRDefault="00162AC4" w:rsidP="00162AC4">
+          <w:p w14:paraId="52A4FCC1" w14:textId="278A3D2B" w:rsidR="00162AC4" w:rsidRPr="00162AC4" w:rsidRDefault="00162AC4" w:rsidP="00162AC4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00162AC4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>Ціна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00162AC4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -533,65 +533,83 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00162AC4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>періо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00162AC4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>д</w:t>
             </w:r>
+            <w:r w:rsidR="00DA71F2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> становить</w:t>
+            </w:r>
+            <w:r w:rsidR="00760378">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00760378" w:rsidRPr="00760378">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00162AC4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:eastAsia="uk-UA"/>
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t>7 </w:t>
+              <w:t> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00162AC4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>грн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00162AC4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00162AC4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
@@ -1961,373 +1979,74 @@
               </w:rPr>
               <w:t xml:space="preserve"> і на якій пропонує комерційну пропозицію</w:t>
             </w:r>
             <w:r w:rsidRPr="0039028A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7416" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="38781B04" w14:textId="77777777" w:rsidR="00E12D46" w:rsidRPr="00E12D46" w:rsidRDefault="00E12D46" w:rsidP="00E12D46">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="FontStyle12"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r w:rsidRPr="00E12D46">
               <w:rPr>
                 <w:rStyle w:val="FontStyle12"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Вся </w:t>
-[...296 lines deleted...]
-              <w:t xml:space="preserve"> 07.11.2014).</w:t>
+              <w:t>Вся територія України (крім населених пунктів, на території яких органи державної влади України тимчасово не здійснюють свої повноваження, згідно Розпорядження КМУ № 1085-р від 07.11.2014).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="0"/>
           <w:p w14:paraId="314B4398" w14:textId="6653D0A4" w:rsidR="00CD2C31" w:rsidRPr="00E12D46" w:rsidRDefault="00CD2C31" w:rsidP="00CD2C31">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:widowControl/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:ind w:firstLine="5"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle12"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00831922" w:rsidRPr="00E12D46" w14:paraId="01BE47D9" w14:textId="77777777">
+      <w:tr w:rsidR="00831922" w:rsidRPr="00760378" w14:paraId="01BE47D9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="029D6751" w14:textId="77777777" w:rsidR="00831922" w:rsidRDefault="00831922" w:rsidP="008B6635">
             <w:pPr>
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
@@ -3235,51 +2954,51 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Споживачем</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B6635" w:rsidRPr="00E12D46" w14:paraId="1F3A448D" w14:textId="77777777">
+      <w:tr w:rsidR="008B6635" w:rsidRPr="00760378" w14:paraId="1F3A448D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="06F93166" w14:textId="7949EDAE" w:rsidR="008B6635" w:rsidRDefault="008B6635" w:rsidP="008B6635">
             <w:pPr>
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00586F9E">
               <w:rPr>
                 <w:b/>
@@ -10284,58 +10003,58 @@
     <w:p w14:paraId="7E59DE67" w14:textId="1A0D5BA0" w:rsidR="008B6635" w:rsidRDefault="008B6635" w:rsidP="008B6635">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="1" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008B6635">
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="476" w:right="703" w:bottom="1440" w:left="1419" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D594FD9" w14:textId="77777777" w:rsidR="00AB55DC" w:rsidRDefault="00AB55DC">
+    <w:p w14:paraId="280E4175" w14:textId="77777777" w:rsidR="00C908C3" w:rsidRDefault="00C908C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31D1279D" w14:textId="77777777" w:rsidR="00AB55DC" w:rsidRDefault="00AB55DC">
+    <w:p w14:paraId="6E0639D9" w14:textId="77777777" w:rsidR="00C908C3" w:rsidRDefault="00C908C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -10365,128 +10084,132 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A2A30B7" w14:textId="77777777" w:rsidR="00AB55DC" w:rsidRDefault="00AB55DC">
+    <w:p w14:paraId="51377BF6" w14:textId="77777777" w:rsidR="00C908C3" w:rsidRDefault="00C908C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F80E991" w14:textId="77777777" w:rsidR="00AB55DC" w:rsidRDefault="00AB55DC">
+    <w:p w14:paraId="5E61BD44" w14:textId="77777777" w:rsidR="00C908C3" w:rsidRDefault="00C908C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000E07BC"/>
     <w:rsid w:val="000265A1"/>
     <w:rsid w:val="000E07BC"/>
     <w:rsid w:val="00162AC4"/>
     <w:rsid w:val="0016518F"/>
     <w:rsid w:val="001E6CA3"/>
     <w:rsid w:val="00234F0B"/>
     <w:rsid w:val="002B1B45"/>
     <w:rsid w:val="00333354"/>
     <w:rsid w:val="00343FB8"/>
     <w:rsid w:val="00346B62"/>
     <w:rsid w:val="00387AF4"/>
     <w:rsid w:val="00555DE9"/>
     <w:rsid w:val="005752F7"/>
     <w:rsid w:val="00610B19"/>
     <w:rsid w:val="00660D87"/>
     <w:rsid w:val="00670F09"/>
     <w:rsid w:val="00691C39"/>
     <w:rsid w:val="006B3488"/>
     <w:rsid w:val="00754B25"/>
+    <w:rsid w:val="00760378"/>
     <w:rsid w:val="00777E97"/>
     <w:rsid w:val="007F7086"/>
     <w:rsid w:val="008210EE"/>
     <w:rsid w:val="00831922"/>
     <w:rsid w:val="00877941"/>
     <w:rsid w:val="008B6635"/>
     <w:rsid w:val="009C3C38"/>
     <w:rsid w:val="009F1189"/>
     <w:rsid w:val="009F4239"/>
     <w:rsid w:val="00A8369D"/>
     <w:rsid w:val="00AB008E"/>
     <w:rsid w:val="00AB55DC"/>
     <w:rsid w:val="00AC3F17"/>
     <w:rsid w:val="00B84791"/>
     <w:rsid w:val="00BF2E81"/>
+    <w:rsid w:val="00C908C3"/>
+    <w:rsid w:val="00CA0CE5"/>
     <w:rsid w:val="00CB29D5"/>
     <w:rsid w:val="00CD2C31"/>
     <w:rsid w:val="00CD2F1F"/>
     <w:rsid w:val="00D0422B"/>
     <w:rsid w:val="00D66AD0"/>
+    <w:rsid w:val="00DA71F2"/>
     <w:rsid w:val="00DD0C4B"/>
     <w:rsid w:val="00E12D46"/>
     <w:rsid w:val="00E83777"/>
     <w:rsid w:val="00E90700"/>
     <w:rsid w:val="00EA5416"/>
     <w:rsid w:val="00EF7CFE"/>
     <w:rsid w:val="00F71484"/>
     <w:rsid w:val="00F971E2"/>
     <w:rsid w:val="00FB28BE"/>
     <w:rsid w:val="00FC0480"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
@@ -17267,64 +16990,64 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>8510</Words>
-  <Characters>4851</Characters>
+  <Characters>4852</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>40</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13335</CharactersWithSpaces>
+  <CharactersWithSpaces>13336</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>k.serdiuk</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>