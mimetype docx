--- v0 (2025-10-13)
+++ v1 (2026-02-08)
@@ -396,51 +396,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00586F9E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>ціни та критерії диференціації</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65EB1DD2" w14:textId="77777777" w:rsidR="004C46DC" w:rsidRPr="004C46DC" w:rsidRDefault="004C46DC" w:rsidP="004C46DC">
+          <w:p w14:paraId="65EB1DD2" w14:textId="0EDE3B1D" w:rsidR="004C46DC" w:rsidRPr="004C46DC" w:rsidRDefault="004C46DC" w:rsidP="004C46DC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004C46DC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>Ціна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004C46DC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -547,57 +547,67 @@
             <w:r w:rsidRPr="004C46DC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>періо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004C46DC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>д</w:t>
             </w:r>
             <w:r w:rsidRPr="004C46DC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> становить </w:t>
             </w:r>
+            <w:r w:rsidR="00907CCF" w:rsidRPr="00907CCF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="004C46DC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t>7 </w:t>
+              <w:t> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004C46DC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>грн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004C46DC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004C46DC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
@@ -1956,404 +1966,68 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2FFBC337" w14:textId="77777777" w:rsidR="004B5B5A" w:rsidRPr="004B5B5A" w:rsidRDefault="004B5B5A" w:rsidP="004B5B5A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B5B5A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Вся </w:t>
-[...333 lines deleted...]
-              <w:t xml:space="preserve"> 07.11.2014).</w:t>
+              <w:t>Вся територія України (крім населених пунктів, на території яких органи державної влади України тимчасово не здійснюють свої повноваження, згідно Розпорядження КМУ № 1085-р від 07.11.2014).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AF1C787" w14:textId="245019D5" w:rsidR="005A5AD0" w:rsidRDefault="005A5AD0" w:rsidP="00C65FD7">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:widowControl/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:ind w:firstLine="5"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle12"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65FD7" w:rsidRPr="004B5B5A" w14:paraId="77E6A7BF" w14:textId="77777777" w:rsidTr="00FE518F">
+      <w:tr w:rsidR="00C65FD7" w:rsidRPr="00907CCF" w14:paraId="77E6A7BF" w14:textId="77777777" w:rsidTr="00FE518F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="43F8E416" w14:textId="77777777" w:rsidR="00C65FD7" w:rsidRDefault="00C65FD7" w:rsidP="005A5AD0">
             <w:pPr>
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
@@ -3292,51 +2966,51 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Споживачем</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A5AD0" w:rsidRPr="004B5B5A" w14:paraId="7B988EC2" w14:textId="77777777" w:rsidTr="00FE518F">
+      <w:tr w:rsidR="005A5AD0" w:rsidRPr="00907CCF" w14:paraId="7B988EC2" w14:textId="77777777" w:rsidTr="00FE518F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="37292F96" w14:textId="72A24F73" w:rsidR="005A5AD0" w:rsidRDefault="005A5AD0" w:rsidP="005A5AD0">
             <w:pPr>
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00586F9E">
               <w:rPr>
                 <w:b/>
@@ -3562,53 +3236,63 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00586F9E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>дії</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00586F9E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> договору, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00586F9E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>розмір</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>розмі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00586F9E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00586F9E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> штрафу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="53744715" w14:textId="77777777" w:rsidR="005A5AD0" w:rsidRDefault="005A5AD0" w:rsidP="00C65FD7">
             <w:pPr>
               <w:pStyle w:val="Style7"/>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="auto"/>
@@ -10167,58 +9851,58 @@
         <w:pStyle w:val="Style4"/>
         <w:widowControl/>
         <w:spacing w:line="278" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002F378D">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="301" w:right="567" w:bottom="284" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="60"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="691CEE8F" w14:textId="77777777" w:rsidR="002309A4" w:rsidRDefault="002309A4">
+    <w:p w14:paraId="2C36EB50" w14:textId="77777777" w:rsidR="0071298C" w:rsidRDefault="0071298C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="032E1934" w14:textId="77777777" w:rsidR="002309A4" w:rsidRDefault="002309A4">
+    <w:p w14:paraId="37637573" w14:textId="77777777" w:rsidR="0071298C" w:rsidRDefault="0071298C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -10248,58 +9932,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0407BFDB" w14:textId="77777777" w:rsidR="002309A4" w:rsidRDefault="002309A4">
+    <w:p w14:paraId="0A920132" w14:textId="77777777" w:rsidR="0071298C" w:rsidRDefault="0071298C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CEC6FC9" w14:textId="77777777" w:rsidR="002309A4" w:rsidRDefault="002309A4">
+    <w:p w14:paraId="48600CE5" w14:textId="77777777" w:rsidR="0071298C" w:rsidRDefault="0071298C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -10314,58 +9998,62 @@
     <w:rsid w:val="000C0FC4"/>
     <w:rsid w:val="000D60FE"/>
     <w:rsid w:val="0011663F"/>
     <w:rsid w:val="001545DC"/>
     <w:rsid w:val="00196807"/>
     <w:rsid w:val="002309A4"/>
     <w:rsid w:val="002C226D"/>
     <w:rsid w:val="002F378D"/>
     <w:rsid w:val="00343FB8"/>
     <w:rsid w:val="0036678C"/>
     <w:rsid w:val="00387AA6"/>
     <w:rsid w:val="00392494"/>
     <w:rsid w:val="004051E7"/>
     <w:rsid w:val="004841D8"/>
     <w:rsid w:val="004B5B5A"/>
     <w:rsid w:val="004C46DC"/>
     <w:rsid w:val="004D7FF9"/>
     <w:rsid w:val="005248F3"/>
     <w:rsid w:val="00542666"/>
     <w:rsid w:val="005826CF"/>
     <w:rsid w:val="005A5AD0"/>
     <w:rsid w:val="00617FD1"/>
     <w:rsid w:val="00631C03"/>
     <w:rsid w:val="00634C74"/>
     <w:rsid w:val="0067213E"/>
+    <w:rsid w:val="0068791E"/>
+    <w:rsid w:val="0071298C"/>
     <w:rsid w:val="00753191"/>
     <w:rsid w:val="007F435B"/>
     <w:rsid w:val="0084349D"/>
+    <w:rsid w:val="00907CCF"/>
     <w:rsid w:val="00982E80"/>
     <w:rsid w:val="00A96DD4"/>
     <w:rsid w:val="00AA5CC8"/>
     <w:rsid w:val="00B06FDB"/>
     <w:rsid w:val="00B6758E"/>
+    <w:rsid w:val="00B91396"/>
     <w:rsid w:val="00BE294D"/>
     <w:rsid w:val="00C01910"/>
     <w:rsid w:val="00C03554"/>
     <w:rsid w:val="00C44142"/>
     <w:rsid w:val="00C51D3C"/>
     <w:rsid w:val="00C65FD7"/>
     <w:rsid w:val="00CA38BD"/>
     <w:rsid w:val="00D76A03"/>
     <w:rsid w:val="00D91E8E"/>
     <w:rsid w:val="00E16169"/>
     <w:rsid w:val="00E540ED"/>
     <w:rsid w:val="00E86114"/>
     <w:rsid w:val="00EC5022"/>
     <w:rsid w:val="00F22AE7"/>
     <w:rsid w:val="00F35714"/>
     <w:rsid w:val="00F5754C"/>
     <w:rsid w:val="00FC4727"/>
     <w:rsid w:val="00FE518F"/>
     <w:rsid w:val="00FF6126"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -17150,65 +16838,65 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>8360</Words>
+  <Words>8361</Words>
   <Characters>4766</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>39</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13100</CharactersWithSpaces>
+  <CharactersWithSpaces>13101</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>k.serdiuk</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>