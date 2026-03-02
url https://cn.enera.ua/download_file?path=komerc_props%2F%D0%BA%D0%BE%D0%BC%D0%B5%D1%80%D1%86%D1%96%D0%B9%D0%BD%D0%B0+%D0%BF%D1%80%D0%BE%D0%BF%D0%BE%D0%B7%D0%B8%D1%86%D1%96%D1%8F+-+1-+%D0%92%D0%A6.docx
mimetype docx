--- v0 (2025-11-13)
+++ v1 (2026-03-02)
@@ -380,51 +380,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00586F9E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>ціни та критерії диференціації</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5135767E" w14:textId="365A1883" w:rsidR="009E2CCA" w:rsidRPr="009E2CCA" w:rsidRDefault="009E2CCA" w:rsidP="009E2CCA">
+          <w:p w14:paraId="5135767E" w14:textId="6F862F5A" w:rsidR="009E2CCA" w:rsidRPr="009E2CCA" w:rsidRDefault="009E2CCA" w:rsidP="009E2CCA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E2CCA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>Ціна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E2CCA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -537,51 +537,59 @@
               <w:t>періо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E2CCA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>д</w:t>
             </w:r>
             <w:r w:rsidRPr="009E2CCA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> становить </w:t>
             </w:r>
             <w:r w:rsidR="000C34DA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00792B3D" w:rsidRPr="00792B3D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="009E2CCA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009E2CCA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>грн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009E2CCA">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2238,51 +2246,51 @@
               </w:rPr>
               <w:t>від</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007C5439">
               <w:rPr>
                 <w:rStyle w:val="FontStyle12"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> 07.11.2014).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B7B9376" w14:textId="6FD6DEE9" w:rsidR="00586F9E" w:rsidRPr="00233864" w:rsidRDefault="00586F9E" w:rsidP="009E2CCA">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:widowControl/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle12"/>
                 <w:lang w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586F9E" w:rsidRPr="000C34DA" w14:paraId="0F108229" w14:textId="77777777" w:rsidTr="00D06F96">
+      <w:tr w:rsidR="00586F9E" w:rsidRPr="00792B3D" w14:paraId="0F108229" w14:textId="77777777" w:rsidTr="00D06F96">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2A13C365" w14:textId="77777777" w:rsidR="00586F9E" w:rsidRDefault="00586F9E" w:rsidP="00586F9E">
             <w:pPr>
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
@@ -3028,51 +3036,51 @@
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007F493B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Споживачем</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007F493B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00586F9E" w:rsidRPr="000C34DA" w14:paraId="570FD5F1" w14:textId="77777777" w:rsidTr="00D06F96">
+      <w:tr w:rsidR="00586F9E" w:rsidRPr="00792B3D" w14:paraId="570FD5F1" w14:textId="77777777" w:rsidTr="00D06F96">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F44F4C0" w14:textId="76B0B2AC" w:rsidR="00586F9E" w:rsidRDefault="00586F9E" w:rsidP="00316B76">
             <w:pPr>
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00586F9E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
@@ -10041,81 +10049,83 @@
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E06EF7"/>
     <w:rsid w:val="00077046"/>
     <w:rsid w:val="000817FE"/>
+    <w:rsid w:val="00083D63"/>
     <w:rsid w:val="000A21E6"/>
     <w:rsid w:val="000C10AC"/>
     <w:rsid w:val="000C34DA"/>
     <w:rsid w:val="000D106B"/>
     <w:rsid w:val="000E25D7"/>
     <w:rsid w:val="00142CB0"/>
     <w:rsid w:val="00233864"/>
     <w:rsid w:val="00247007"/>
     <w:rsid w:val="00307376"/>
     <w:rsid w:val="00316B76"/>
     <w:rsid w:val="0033370D"/>
     <w:rsid w:val="00341831"/>
     <w:rsid w:val="00344040"/>
     <w:rsid w:val="004144A0"/>
     <w:rsid w:val="00422722"/>
     <w:rsid w:val="00474617"/>
     <w:rsid w:val="004C75FC"/>
     <w:rsid w:val="004E5EB8"/>
     <w:rsid w:val="005244B2"/>
     <w:rsid w:val="00546FEF"/>
     <w:rsid w:val="00586F9E"/>
     <w:rsid w:val="005A2644"/>
     <w:rsid w:val="005B7C7B"/>
     <w:rsid w:val="00613E3D"/>
     <w:rsid w:val="00621495"/>
     <w:rsid w:val="006271DE"/>
     <w:rsid w:val="006A18D7"/>
     <w:rsid w:val="006B2ED1"/>
     <w:rsid w:val="006C4051"/>
     <w:rsid w:val="006C5663"/>
     <w:rsid w:val="00706D02"/>
+    <w:rsid w:val="00792B3D"/>
     <w:rsid w:val="007A59DA"/>
     <w:rsid w:val="007C3D5E"/>
     <w:rsid w:val="007C5439"/>
     <w:rsid w:val="007E226A"/>
     <w:rsid w:val="007F493B"/>
     <w:rsid w:val="0081158F"/>
     <w:rsid w:val="008C4A25"/>
     <w:rsid w:val="008D15DF"/>
     <w:rsid w:val="008F5C1F"/>
     <w:rsid w:val="00944503"/>
     <w:rsid w:val="009741B9"/>
     <w:rsid w:val="009A564A"/>
     <w:rsid w:val="009E2CCA"/>
     <w:rsid w:val="009E45E9"/>
     <w:rsid w:val="00A35EC6"/>
     <w:rsid w:val="00A51E68"/>
     <w:rsid w:val="00A62B27"/>
     <w:rsid w:val="00AC7505"/>
     <w:rsid w:val="00AE1CEE"/>
     <w:rsid w:val="00B316E0"/>
     <w:rsid w:val="00B823DC"/>
     <w:rsid w:val="00BC64D5"/>
     <w:rsid w:val="00C50AAB"/>
     <w:rsid w:val="00CB5A3C"/>
     <w:rsid w:val="00D06F96"/>