--- v0 (2025-10-13)
+++ v1 (2026-02-08)
@@ -514,51 +514,69 @@
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001569A1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ціна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001569A1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001569A1">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001569A1">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001569A1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>електричну</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001569A1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001569A1">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -946,51 +964,51 @@
               </w:rPr>
               <w:t>Погодинне сальдоване значення обсягів віддачі електричної енергії в мережу та прийому електричної енергії з мережі ОСР визначається за формулою:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D87C43E" w14:textId="77777777" w:rsidR="001C422D" w:rsidRPr="007170D5" w:rsidRDefault="001C422D" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0C806448" w14:textId="77777777" w:rsidR="001C422D" w:rsidRPr="007170D5" w:rsidRDefault="0002293A" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="0C806448" w14:textId="77777777" w:rsidR="001C422D" w:rsidRPr="007170D5" w:rsidRDefault="009D6FE0" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSubSup>
                 <m:sSubSupPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
@@ -1247,51 +1265,51 @@
                     <m:t xml:space="preserve">r </m:t>
                   </m:r>
                 </m:sub>
                 <m:sup>
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <m:t>k,j</m:t>
                   </m:r>
                 </m:sup>
               </m:sSubSup>
             </m:oMath>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> – обсяг віддачі в мережу ОСР в k-ту годину j-ї доби з мереж активного споживача;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7351416F" w14:textId="77777777" w:rsidR="001C422D" w:rsidRPr="007170D5" w:rsidRDefault="0002293A" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="7351416F" w14:textId="77777777" w:rsidR="001C422D" w:rsidRPr="007170D5" w:rsidRDefault="009D6FE0" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSubSup>
                 <m:sSubSupPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
@@ -1621,102 +1639,118 @@
               </w:rPr>
               <w:t xml:space="preserve"> потужності відповідно до договору. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25205608" w14:textId="77777777" w:rsidR="00520A15" w:rsidRDefault="00520A15" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="193C4A5F" w14:textId="7FA98355" w:rsidR="00520A15" w:rsidRPr="007170D5" w:rsidRDefault="00520A15" w:rsidP="00520A15">
+          <w:p w14:paraId="193C4A5F" w14:textId="6B379B3A" w:rsidR="00520A15" w:rsidRPr="007170D5" w:rsidRDefault="00520A15" w:rsidP="00520A15">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00520A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Ціна відібраної (спожитої) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00520A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>електричої</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00520A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> енергії за 1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00520A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>кВт·год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00520A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на розрахунковий період становить 10 грн/ </w:t>
+              <w:t xml:space="preserve"> на р</w:t>
+            </w:r>
+            <w:r w:rsidR="009D6FE0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>озрахунковий період становить 16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00520A15">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> грн/ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00520A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>кВт·год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00520A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> без ПДВ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
@@ -2495,51 +2529,51 @@
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <m:t>k,j</m:t>
                   </m:r>
                 </m:sup>
               </m:sSubSup>
             </m:oMath>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> – ціна РДН k − ої години, j − ої доби</w:t>
             </w:r>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>, що склалися на ринку «на добу наперед» (РДН);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F8B9362" w14:textId="06A70BDF" w:rsidR="005200D1" w:rsidRPr="007170D5" w:rsidRDefault="0002293A" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="5F8B9362" w14:textId="06A70BDF" w:rsidR="005200D1" w:rsidRPr="007170D5" w:rsidRDefault="009D6FE0" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
                 <m:e>
@@ -2608,51 +2642,51 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00443AD5" w:rsidRPr="0045319A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Постановою</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00443AD5" w:rsidRPr="0045319A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> НКРЕКП</w:t>
             </w:r>
             <w:r w:rsidR="00443AD5" w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E9B1907" w14:textId="77777777" w:rsidR="00443AD5" w:rsidRDefault="0002293A" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="7E9B1907" w14:textId="77777777" w:rsidR="00443AD5" w:rsidRDefault="009D6FE0" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
                 <m:e>
                   <m:r>
@@ -2727,51 +2761,51 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00443AD5" w:rsidRPr="0045319A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Постановою</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00443AD5" w:rsidRPr="0045319A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> НКРЕКП</w:t>
             </w:r>
             <w:r w:rsidR="00443AD5" w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BDBFF52" w14:textId="1F1C2A24" w:rsidR="005200D1" w:rsidRPr="007170D5" w:rsidRDefault="0002293A" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="4BDBFF52" w14:textId="1F1C2A24" w:rsidR="005200D1" w:rsidRPr="007170D5" w:rsidRDefault="009D6FE0" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
                 <m:e>
@@ -3059,51 +3093,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005200D1" w:rsidRPr="007170D5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> - 0,30 грн, вартість послуг Постачальника</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="191D614D" w14:textId="77777777" w:rsidR="00520A15" w:rsidRDefault="00520A15" w:rsidP="00520A15">
             <w:pPr>
               <w:pageBreakBefore/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="43B71538" w14:textId="77777777" w:rsidR="00520A15" w:rsidRPr="00520A15" w:rsidRDefault="00520A15" w:rsidP="00520A15">
+          <w:p w14:paraId="43B71538" w14:textId="3CFD6559" w:rsidR="00520A15" w:rsidRPr="00520A15" w:rsidRDefault="00520A15" w:rsidP="00520A15">
             <w:pPr>
               <w:pageBreakBefore/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00520A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Ціна відпущеної (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00520A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3132,51 +3166,69 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00520A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> енергії за 1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00520A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>кВт·год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00520A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на розрахунковий період становить 4 грн/ </w:t>
+              <w:t xml:space="preserve"> на розрахунковий період становить </w:t>
+            </w:r>
+            <w:r w:rsidR="009D6FE0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00520A15">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> грн/ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00520A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>кВт·год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00520A15">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> без ПДВ.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A31E343" w14:textId="77777777" w:rsidR="005200D1" w:rsidRPr="007170D5" w:rsidRDefault="005200D1" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -3897,51 +3949,51 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> – ціна РДН k−ої години, j − ої доби,</w:t>
             </w:r>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> що склалися на ринку «на добу наперед» (РДН)</w:t>
             </w:r>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FAD1A22" w14:textId="0ADD37F3" w:rsidR="005200D1" w:rsidRDefault="0002293A" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="1FAD1A22" w14:textId="0ADD37F3" w:rsidR="005200D1" w:rsidRDefault="009D6FE0" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:vertAlign w:val="subscript"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
@@ -4124,51 +4176,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ої</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="000E3A30" w:rsidRPr="007170D5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> доби</w:t>
             </w:r>
             <w:r w:rsidR="005200D1" w:rsidRPr="007170D5">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4ED05B59" w14:textId="2C31FAA5" w:rsidR="005200D1" w:rsidRDefault="0002293A" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="4ED05B59" w14:textId="2C31FAA5" w:rsidR="005200D1" w:rsidRDefault="009D6FE0" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSubSup>
                 <m:sSubSupPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubSupPr>
                 <m:e>
                   <m:r>
@@ -4267,51 +4319,51 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4539310B" w14:textId="77777777" w:rsidR="00443AD5" w:rsidRPr="001148BA" w:rsidRDefault="00443AD5" w:rsidP="00443AD5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001148BA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Остаточна ціна відпущеної електричної енергії визначається за формулою:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D3CBFD3" w14:textId="58B0A03B" w:rsidR="00443AD5" w:rsidRPr="00443AD5" w:rsidRDefault="0002293A" w:rsidP="00443AD5">
+          <w:p w14:paraId="3D3CBFD3" w14:textId="58B0A03B" w:rsidR="00443AD5" w:rsidRPr="00443AD5" w:rsidRDefault="009D6FE0" w:rsidP="00443AD5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:i/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                         <w:lang w:val="uk-UA"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
@@ -4676,51 +4728,51 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="63C7A629" w14:textId="77777777" w:rsidR="00443AD5" w:rsidRDefault="00443AD5" w:rsidP="00443AD5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>де:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D3E4CF4" w14:textId="77777777" w:rsidR="00443AD5" w:rsidRPr="001148BA" w:rsidRDefault="0002293A" w:rsidP="00443AD5">
+          <w:p w14:paraId="7D3E4CF4" w14:textId="77777777" w:rsidR="00443AD5" w:rsidRPr="001148BA" w:rsidRDefault="009D6FE0" w:rsidP="00443AD5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
@@ -4745,51 +4797,51 @@
                     </w:rPr>
                     <m:t>в</m:t>
                   </m:r>
                 </m:sub>
               </m:sSub>
             </m:oMath>
             <w:r w:rsidR="00443AD5" w:rsidRPr="00071A0A">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidR="00443AD5" w:rsidRPr="001148BA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>вартість відпущеної електричної енергії за місяць,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A1B3994" w14:textId="77777777" w:rsidR="00443AD5" w:rsidRPr="001148BA" w:rsidRDefault="0002293A" w:rsidP="00443AD5">
+          <w:p w14:paraId="5A1B3994" w14:textId="77777777" w:rsidR="00443AD5" w:rsidRPr="001148BA" w:rsidRDefault="009D6FE0" w:rsidP="00443AD5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSubSup>
                 <m:sSubSupPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubSupPr>
@@ -4837,51 +4889,51 @@
                     </w:rPr>
                     <m:t>k,j</m:t>
                   </m:r>
                 </m:sup>
               </m:sSubSup>
             </m:oMath>
             <w:r w:rsidR="00443AD5">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> - о</w:t>
             </w:r>
             <w:r w:rsidR="00443AD5" w:rsidRPr="001148BA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>бсяг електричної енергії відпущеної в мережу ОСР на рівні встановленої потужності відповідно до договору,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="617CD63A" w14:textId="50800B38" w:rsidR="00443AD5" w:rsidRDefault="0002293A" w:rsidP="00443AD5">
+          <w:p w14:paraId="617CD63A" w14:textId="50800B38" w:rsidR="00443AD5" w:rsidRDefault="009D6FE0" w:rsidP="00443AD5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSubSup>
                 <m:sSubSupPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubSupPr>
@@ -5185,51 +5237,51 @@
                     <m:t>В</m:t>
                   </m:r>
                 </m:e>
                 <m:sub>
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <m:t>в</m:t>
                   </m:r>
                 </m:sub>
               </m:sSub>
             </m:oMath>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>, то споживач оплачує електропостачальнику:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="090D9B27" w14:textId="77777777" w:rsidR="005200D1" w:rsidRPr="007170D5" w:rsidRDefault="0002293A" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="090D9B27" w14:textId="77777777" w:rsidR="005200D1" w:rsidRPr="007170D5" w:rsidRDefault="009D6FE0" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
                 <m:e>
@@ -5436,51 +5488,51 @@
                     <m:t>В</m:t>
                   </m:r>
                 </m:e>
                 <m:sub>
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <m:t>в</m:t>
                   </m:r>
                 </m:sub>
               </m:sSub>
             </m:oMath>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, то електропостачальник оплачує споживачу: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ED82FA4" w14:textId="77777777" w:rsidR="005718DB" w:rsidRPr="007170D5" w:rsidRDefault="0002293A" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="7ED82FA4" w14:textId="77777777" w:rsidR="005718DB" w:rsidRPr="007170D5" w:rsidRDefault="009D6FE0" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
@@ -5805,51 +5857,67 @@
               </w:rPr>
               <w:t>діяльності</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001569A1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> оператора </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001569A1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>системи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001569A1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">, доступ до </w:t>
+              <w:t xml:space="preserve">, доступ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001569A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001569A1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001569A1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>якої</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001569A1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001569A1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>має</w:t>
             </w:r>
@@ -5937,63 +6005,61 @@
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7190" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="67FAE349" w14:textId="77777777" w:rsidR="0002293A" w:rsidRPr="0002293A" w:rsidRDefault="0002293A" w:rsidP="0002293A">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="5"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
             <w:r w:rsidRPr="0002293A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Вся територія України (крім населених пунктів, на території яких органи державної влади України тимчасово не здійснюють свої повноваження, згідно Розпорядження КМУ № 1085-р від 07.11.2014).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="1"/>
           <w:p w14:paraId="2B9402ED" w14:textId="4637DBDF" w:rsidR="001569A1" w:rsidRPr="001569A1" w:rsidRDefault="001569A1" w:rsidP="001569A1">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="5"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle12"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007170D5" w:rsidRPr="007170D5" w14:paraId="019CD887" w14:textId="77777777" w:rsidTr="00153D99">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -6032,51 +6098,51 @@
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6F5DEEBE" w14:textId="77777777" w:rsidR="007170D5" w:rsidRPr="007170D5" w:rsidRDefault="007170D5" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Оплата за активну електричну енергію здійснюється по факту на поточний рахунок зі спеціальним режимом використання Постачальника.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007170D5" w:rsidRPr="0002293A" w14:paraId="769E55D5" w14:textId="77777777" w:rsidTr="00153D99">
+      <w:tr w:rsidR="007170D5" w:rsidRPr="009D6FE0" w14:paraId="769E55D5" w14:textId="77777777" w:rsidTr="00153D99">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="792B5CED" w14:textId="77777777" w:rsidR="007170D5" w:rsidRPr="007170D5" w:rsidRDefault="007170D5" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
@@ -6489,56 +6555,65 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>повторне</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007170D5">
-[...4 lines deleted...]
-              <w:t>підключення</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007170D5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007170D5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ідключення</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>електроустановки</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">), </w:t>
             </w:r>
@@ -7221,51 +7296,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004920C5">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>розподілу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004920C5">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007170D5" w:rsidRPr="0002293A" w14:paraId="55DD0E32" w14:textId="77777777" w:rsidTr="00153D99">
+      <w:tr w:rsidR="007170D5" w:rsidRPr="009D6FE0" w14:paraId="55DD0E32" w14:textId="77777777" w:rsidTr="00153D99">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B6E43D5" w14:textId="77777777" w:rsidR="007170D5" w:rsidRPr="007170D5" w:rsidRDefault="007170D5" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007170D5">
               <w:rPr>
@@ -8233,146 +8308,147 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1B19CC7D" w14:textId="77777777" w:rsidR="00E06EF7" w:rsidRPr="00C56B9A" w:rsidRDefault="00E06EF7" w:rsidP="00EF0D7E">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E06EF7" w:rsidRPr="00C56B9A" w:rsidSect="00311A95">
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="476" w:right="703" w:bottom="851" w:left="1419" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4320CFB2" w14:textId="77777777" w:rsidR="004B784C" w:rsidRDefault="004B784C">
+    <w:p w14:paraId="11143624" w14:textId="77777777" w:rsidR="00C3122D" w:rsidRDefault="00C3122D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="324EFA0F" w14:textId="77777777" w:rsidR="004B784C" w:rsidRDefault="004B784C">
+    <w:p w14:paraId="4159FC3B" w14:textId="77777777" w:rsidR="00C3122D" w:rsidRDefault="00C3122D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="modern"/>
+    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42588B38" w14:textId="77777777" w:rsidR="004B784C" w:rsidRDefault="004B784C">
+    <w:p w14:paraId="710D49EA" w14:textId="77777777" w:rsidR="00C3122D" w:rsidRDefault="00C3122D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46796AD9" w14:textId="77777777" w:rsidR="004B784C" w:rsidRDefault="004B784C">
+    <w:p w14:paraId="247BE8C9" w14:textId="77777777" w:rsidR="00C3122D" w:rsidRDefault="00C3122D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
@@ -8396,50 +8472,51 @@
     <w:rsid w:val="000E25D7"/>
     <w:rsid w:val="000E3A30"/>
     <w:rsid w:val="000F2350"/>
     <w:rsid w:val="000F320E"/>
     <w:rsid w:val="00106215"/>
     <w:rsid w:val="00106969"/>
     <w:rsid w:val="00106A8F"/>
     <w:rsid w:val="0012673E"/>
     <w:rsid w:val="00131C74"/>
     <w:rsid w:val="001342ED"/>
     <w:rsid w:val="00142CB0"/>
     <w:rsid w:val="00153D99"/>
     <w:rsid w:val="00153E5F"/>
     <w:rsid w:val="001569A1"/>
     <w:rsid w:val="00196640"/>
     <w:rsid w:val="001A5BAE"/>
     <w:rsid w:val="001B79D7"/>
     <w:rsid w:val="001B7E6F"/>
     <w:rsid w:val="001C1B18"/>
     <w:rsid w:val="001C422D"/>
     <w:rsid w:val="001E06F5"/>
     <w:rsid w:val="001F1997"/>
     <w:rsid w:val="00210AF4"/>
     <w:rsid w:val="002113CB"/>
     <w:rsid w:val="00211CED"/>
+    <w:rsid w:val="0022061E"/>
     <w:rsid w:val="00237423"/>
     <w:rsid w:val="0028792B"/>
     <w:rsid w:val="002A23BD"/>
     <w:rsid w:val="002A5315"/>
     <w:rsid w:val="002D3CBF"/>
     <w:rsid w:val="003061B0"/>
     <w:rsid w:val="00311A95"/>
     <w:rsid w:val="00315A12"/>
     <w:rsid w:val="00316B76"/>
     <w:rsid w:val="00325F73"/>
     <w:rsid w:val="0033370D"/>
     <w:rsid w:val="0033408D"/>
     <w:rsid w:val="00341831"/>
     <w:rsid w:val="00344040"/>
     <w:rsid w:val="00385801"/>
     <w:rsid w:val="003C3CF2"/>
     <w:rsid w:val="003D10D8"/>
     <w:rsid w:val="003F18C1"/>
     <w:rsid w:val="004144A0"/>
     <w:rsid w:val="00422722"/>
     <w:rsid w:val="0043297E"/>
     <w:rsid w:val="00443AD5"/>
     <w:rsid w:val="0044537F"/>
     <w:rsid w:val="0045075F"/>
     <w:rsid w:val="00496E5B"/>
@@ -8493,112 +8570,116 @@
     <w:rsid w:val="0081158F"/>
     <w:rsid w:val="008161C8"/>
     <w:rsid w:val="008320D6"/>
     <w:rsid w:val="00836E9B"/>
     <w:rsid w:val="00856E8F"/>
     <w:rsid w:val="008B4A50"/>
     <w:rsid w:val="008D15DF"/>
     <w:rsid w:val="008E4CA9"/>
     <w:rsid w:val="008F6720"/>
     <w:rsid w:val="008F78CF"/>
     <w:rsid w:val="009018AB"/>
     <w:rsid w:val="00906D58"/>
     <w:rsid w:val="00913331"/>
     <w:rsid w:val="00914D40"/>
     <w:rsid w:val="00917E8E"/>
     <w:rsid w:val="00935CE0"/>
     <w:rsid w:val="00973649"/>
     <w:rsid w:val="009741B9"/>
     <w:rsid w:val="00976AB2"/>
     <w:rsid w:val="009906DE"/>
     <w:rsid w:val="00993BDC"/>
     <w:rsid w:val="009A564A"/>
     <w:rsid w:val="009A674B"/>
     <w:rsid w:val="009D056B"/>
     <w:rsid w:val="009D6D9E"/>
+    <w:rsid w:val="009D6FE0"/>
     <w:rsid w:val="00A06CA6"/>
     <w:rsid w:val="00A35EC6"/>
     <w:rsid w:val="00A43EDE"/>
     <w:rsid w:val="00A51E68"/>
     <w:rsid w:val="00A62B27"/>
     <w:rsid w:val="00A80C2C"/>
     <w:rsid w:val="00A85062"/>
     <w:rsid w:val="00A8795B"/>
     <w:rsid w:val="00AC0AEB"/>
     <w:rsid w:val="00AC2456"/>
     <w:rsid w:val="00AC7505"/>
     <w:rsid w:val="00AE1CEE"/>
     <w:rsid w:val="00B01CC1"/>
     <w:rsid w:val="00B316E0"/>
+    <w:rsid w:val="00B36A26"/>
     <w:rsid w:val="00B51CEA"/>
     <w:rsid w:val="00B94FAE"/>
     <w:rsid w:val="00BA4D48"/>
     <w:rsid w:val="00BC4332"/>
     <w:rsid w:val="00BC64D5"/>
     <w:rsid w:val="00BF4066"/>
     <w:rsid w:val="00BF572B"/>
     <w:rsid w:val="00C128C3"/>
+    <w:rsid w:val="00C3122D"/>
     <w:rsid w:val="00C50AAB"/>
     <w:rsid w:val="00C56B9A"/>
     <w:rsid w:val="00C90549"/>
     <w:rsid w:val="00C93AC3"/>
     <w:rsid w:val="00CB13ED"/>
     <w:rsid w:val="00CB5A3C"/>
     <w:rsid w:val="00CC07B8"/>
     <w:rsid w:val="00CC48B1"/>
     <w:rsid w:val="00D3080D"/>
     <w:rsid w:val="00D30C16"/>
     <w:rsid w:val="00D510CF"/>
     <w:rsid w:val="00D5608F"/>
     <w:rsid w:val="00D562FA"/>
     <w:rsid w:val="00D75906"/>
     <w:rsid w:val="00D954F7"/>
     <w:rsid w:val="00D970C6"/>
     <w:rsid w:val="00DA36AF"/>
     <w:rsid w:val="00DC0EB5"/>
     <w:rsid w:val="00DF4473"/>
     <w:rsid w:val="00E06EF7"/>
     <w:rsid w:val="00E267D7"/>
     <w:rsid w:val="00E7086D"/>
     <w:rsid w:val="00E90970"/>
     <w:rsid w:val="00EA210F"/>
     <w:rsid w:val="00EA47A1"/>
     <w:rsid w:val="00EB5AC9"/>
     <w:rsid w:val="00EE28E8"/>
     <w:rsid w:val="00EF0D7E"/>
     <w:rsid w:val="00EF140B"/>
     <w:rsid w:val="00EF69FA"/>
     <w:rsid w:val="00F00A67"/>
     <w:rsid w:val="00F13DD4"/>
     <w:rsid w:val="00F155F6"/>
     <w:rsid w:val="00F27AF3"/>
     <w:rsid w:val="00F31EAA"/>
     <w:rsid w:val="00F448BD"/>
     <w:rsid w:val="00F46DD8"/>
     <w:rsid w:val="00F46F51"/>
     <w:rsid w:val="00F63DCF"/>
     <w:rsid w:val="00F817D7"/>
+    <w:rsid w:val="00FA203D"/>
     <w:rsid w:val="00FB1E6A"/>
     <w:rsid w:val="00FC24D4"/>
     <w:rsid w:val="00FE4425"/>
     <w:rsid w:val="00FE7936"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -8969,50 +9050,51 @@
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008B4A50"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
@@ -12430,50 +12512,51 @@
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008B4A50"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>