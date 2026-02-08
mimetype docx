--- v0 (2025-10-13)
+++ v1 (2026-02-08)
@@ -964,51 +964,51 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Погодинне сальдоване значення обсягів віддачі електричної енергії в мережу та прийому електричної енергії з мережі ОСР визначається за формулою:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7470EF1A" w14:textId="77777777" w:rsidR="001C422D" w:rsidRPr="00AE6049" w:rsidRDefault="001C422D" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2B91B32E" w14:textId="77777777" w:rsidR="001C422D" w:rsidRPr="00AE6049" w:rsidRDefault="0058647B" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="2B91B32E" w14:textId="77777777" w:rsidR="001C422D" w:rsidRPr="00AE6049" w:rsidRDefault="00672048" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSubSup>
                 <m:sSubSupPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:sz w:val="22"/>
@@ -1259,51 +1259,51 @@
                     <m:t xml:space="preserve">r </m:t>
                   </m:r>
                 </m:sub>
                 <m:sup>
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <m:t>k,j</m:t>
                   </m:r>
                 </m:sup>
               </m:sSubSup>
             </m:oMath>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> – обсяг віддачі в мережу ОСР в k-ту годину j-ї доби з мереж активного споживача;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6CE37BD2" w14:textId="77777777" w:rsidR="001C422D" w:rsidRPr="00AE6049" w:rsidRDefault="0058647B" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="6CE37BD2" w14:textId="77777777" w:rsidR="001C422D" w:rsidRPr="00AE6049" w:rsidRDefault="00672048" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSubSup>
                 <m:sSubSupPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:sz w:val="22"/>
@@ -1617,51 +1617,51 @@
               </w:rPr>
               <w:t xml:space="preserve">потужності відповідно до договору. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BF09161" w14:textId="77777777" w:rsidR="006C744C" w:rsidRDefault="006C744C" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="468D8E18" w14:textId="3F911572" w:rsidR="006C744C" w:rsidRPr="006C744C" w:rsidRDefault="006C744C" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="468D8E18" w14:textId="30AD1B49" w:rsidR="006C744C" w:rsidRPr="006C744C" w:rsidRDefault="006C744C" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C744C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
@@ -1679,51 +1679,67 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006C744C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> енергії за 1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C744C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>кВт·год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006C744C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на розрахунковий період становить 10 грн/ </w:t>
+              <w:t xml:space="preserve"> на р</w:t>
+            </w:r>
+            <w:r w:rsidR="00D12F95">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>озрахунковий період становить 16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C744C">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> грн/ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C744C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>кВт·год</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006C744C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> без ПДВ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
@@ -2620,173 +2636,157 @@
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <m:t>,</m:t>
                   </m:r>
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <m:t>j</m:t>
                   </m:r>
                 </m:sup>
               </m:sSubSup>
             </m:oMath>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – ціна РДН k − </w:t>
+              <w:t xml:space="preserve"> – ціна РДН k − ої </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE6049">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>години</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE6049">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, j − </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ої</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>години</w:t>
-[...19 lines deleted...]
-              <w:rPr>
+              <w:t>доби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE6049">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE6049">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>що</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE6049">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
-                <w:sz w:val="22"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>склалися</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>що</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> на ринку «на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>добу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>склалися</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> наперед» (РДН);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EBF4EDB" w14:textId="728CD8C9" w:rsidR="005200D1" w:rsidRPr="00AE6049" w:rsidRDefault="0058647B" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="5EBF4EDB" w14:textId="728CD8C9" w:rsidR="005200D1" w:rsidRPr="00AE6049" w:rsidRDefault="00672048" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
                 <m:e>
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
@@ -2836,61 +2836,77 @@
               </w:rPr>
               <w:t>згідно</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0045319A" w:rsidRPr="0045319A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> з </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="0045319A" w:rsidRPr="0045319A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>відповідною</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0045319A" w:rsidRPr="0045319A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Постановою НКРЕКП</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0045319A" w:rsidRPr="0045319A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Постановою</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0045319A" w:rsidRPr="0045319A">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> НКРЕКП</w:t>
             </w:r>
             <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C4112EE" w14:textId="07B2EB30" w:rsidR="005200D1" w:rsidRPr="00AE6049" w:rsidRDefault="0058647B" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="6C4112EE" w14:textId="07B2EB30" w:rsidR="005200D1" w:rsidRPr="00AE6049" w:rsidRDefault="00672048" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
                 <m:e>
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
@@ -2957,51 +2973,51 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="0045319A" w:rsidRPr="0045319A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Постановою</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0045319A" w:rsidRPr="0045319A">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> НКРЕКП</w:t>
             </w:r>
             <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17801978" w14:textId="77777777" w:rsidR="005200D1" w:rsidRDefault="0058647B" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="17801978" w14:textId="77777777" w:rsidR="005200D1" w:rsidRDefault="00672048" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:vertAlign w:val="subscript"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
                 <m:e>
                   <m:r>
                     <m:rPr>
@@ -3269,130 +3285,73 @@
                     </w:rPr>
                     <m:t>j</m:t>
                   </m:r>
                 </m:sup>
               </m:sSubSup>
             </m:oMath>
             <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
             <w:r w:rsidR="009130F8" w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - 0,30 </w:t>
-[...57 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> - 0,30 грн, вартість послуг Постачальника</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="6F8230FC" w14:textId="77777777" w:rsidR="006C744C" w:rsidRPr="00AE6049" w:rsidRDefault="006C744C" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="285DBE60" w14:textId="77777777" w:rsidR="005200D1" w:rsidRPr="006C744C" w:rsidRDefault="005200D1" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="42995D07" w14:textId="77777777" w:rsidR="000D2E71" w:rsidRPr="000D2E71" w:rsidRDefault="0058647B" w:rsidP="000D2E71">
+          <w:p w14:paraId="42995D07" w14:textId="77777777" w:rsidR="000D2E71" w:rsidRPr="000D2E71" w:rsidRDefault="00672048" w:rsidP="000D2E71">
             <w:pPr>
               <w:pageBreakBefore/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSubSup>
                 <m:sSubSupPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubSupPr>
                 <m:e>
                   <m:r>
@@ -3409,234 +3368,426 @@
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <m:t>УЗЕ</m:t>
                   </m:r>
                 </m:sub>
                 <m:sup>
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <m:t>відпуску</m:t>
                   </m:r>
                 </m:sup>
               </m:sSubSup>
             </m:oMath>
             <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – обсяг відпущеної в мережу оператора системи електричної </w:t>
-[...49 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> – обсяг відпущеної в мережу оператора системи електричної енергії за розрахунковий місяць, яка </w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>була</w:t>
-[...15 lines deleted...]
-              <w:t>в</w:t>
+              <w:t>була в</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ідібрана</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
+              <w:t>ідібрана із мереж оператора системи і збережена установкою зберігання.</w:t>
+            </w:r>
+            <w:r w:rsidR="00342A0F" w:rsidRPr="000D2E71">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">У </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>разі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>несправності</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> установки </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>зберігання</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>або</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>забезпечення</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>активним</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Споживачем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>комерційного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>обл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>іку</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>відпуску</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>електричної</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>енергії</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>установкою</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>зберігання</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, яка </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>була</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>відібрана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>із</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> мереж оператора </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>системи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> і </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>збережена</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>установкою</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
+            <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>зберігання</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
-[...12 lines deleted...]
-            </w:r>
             <w:r w:rsidR="000D2E71" w:rsidRPr="000D2E71">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">У разі несправності установки зберігання або не забезпечення активним Споживачем комерційного обліку відпуску електричної енергії установкою зберігання, яка була відібрана із мереж оператора системи і збережена установкою зберігання, </w:t>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <m:oMath>
               <m:sSubSup>
                 <m:sSubSupPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubSupPr>
                 <m:e>
                   <m:r>
                     <m:rPr>
                       <m:sty m:val="p"/>
                     </m:rPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <m:t>W</m:t>
                   </m:r>
                 </m:e>
@@ -3679,51 +3830,51 @@
           <w:p w14:paraId="2F5D420A" w14:textId="4B160103" w:rsidR="00342A0F" w:rsidRPr="000D2E71" w:rsidRDefault="00342A0F" w:rsidP="00342A0F">
             <w:pPr>
               <w:pageBreakBefore/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="27BB5951" w14:textId="77777777" w:rsidR="005200D1" w:rsidRPr="00AE6049" w:rsidRDefault="005200D1" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:pageBreakBefore/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="595E508A" w14:textId="7885A492" w:rsidR="005200D1" w:rsidRPr="006C744C" w:rsidRDefault="006C744C" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="595E508A" w14:textId="10032645" w:rsidR="005200D1" w:rsidRPr="006C744C" w:rsidRDefault="006C744C" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:pageBreakBefore/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="006C744C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ц</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="006C744C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3826,51 +3977,68 @@
               </w:rPr>
               <w:t>розрахунковий</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006C744C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C744C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>період</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006C744C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> становить 4 </w:t>
+              <w:t xml:space="preserve"> становить </w:t>
+            </w:r>
+            <w:r w:rsidR="00672048">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="006C744C">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C744C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>грн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006C744C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C744C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>кВт·год</w:t>
             </w:r>
@@ -4702,203 +4870,171 @@
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <m:t>,</m:t>
                   </m:r>
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <m:t>j</m:t>
                   </m:r>
                 </m:sup>
               </m:sSubSup>
             </m:oMath>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> РДН k−</w:t>
+              <w:t xml:space="preserve"> – ціна РДН k−ої </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE6049">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>години</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE6049">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, j − </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ої</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>години</w:t>
-[...19 lines deleted...]
-              <w:rPr>
+              <w:t>доби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE6049">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE6049">
+              <w:rPr>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
-                <w:sz w:val="22"/>
-[...13 lines deleted...]
-              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>що</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE6049">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>що</w:t>
+              <w:t>склалися</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> на ринку «на </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>склалися</w:t>
+              <w:t>добу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на ринку «на </w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> наперед» (РДН)</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55A05718" w14:textId="2631AEE0" w:rsidR="005200D1" w:rsidRDefault="0058647B" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="55A05718" w14:textId="2631AEE0" w:rsidR="005200D1" w:rsidRDefault="00672048" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:eastAsia="Arial" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:vertAlign w:val="subscript"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
                 <m:e>
                   <m:sSubSup>
@@ -5205,51 +5341,51 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ої</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="000E3A30" w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> доби</w:t>
             </w:r>
             <w:r w:rsidR="005200D1" w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="592A0492" w14:textId="6A175031" w:rsidR="00C83031" w:rsidRDefault="0058647B" w:rsidP="001148BA">
+          <w:p w14:paraId="592A0492" w14:textId="6A175031" w:rsidR="00C83031" w:rsidRDefault="00672048" w:rsidP="001148BA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSubSup>
                 <m:sSubSupPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubSupPr>
                 <m:e>
@@ -5381,51 +5517,51 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="73DD03D3" w14:textId="77777777" w:rsidR="001148BA" w:rsidRPr="001148BA" w:rsidRDefault="001148BA" w:rsidP="001148BA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001148BA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Остаточна ціна відпущеної електричної енергії визначається за формулою:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24B0A527" w14:textId="22B2F8EE" w:rsidR="001148BA" w:rsidRPr="001148BA" w:rsidRDefault="0058647B" w:rsidP="001148BA">
+          <w:p w14:paraId="24B0A527" w14:textId="22B2F8EE" w:rsidR="001148BA" w:rsidRPr="001148BA" w:rsidRDefault="00672048" w:rsidP="001148BA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         <w:i/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                         <w:lang w:val="uk-UA"/>
                       </w:rPr>
@@ -5811,51 +5947,51 @@
             </m:oMathPara>
           </w:p>
           <w:p w14:paraId="28B2F13A" w14:textId="6D3BB554" w:rsidR="001148BA" w:rsidRDefault="001148BA" w:rsidP="001148BA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>де:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F91C05F" w14:textId="77777777" w:rsidR="001148BA" w:rsidRPr="001148BA" w:rsidRDefault="0058647B" w:rsidP="001148BA">
+          <w:p w14:paraId="7F91C05F" w14:textId="77777777" w:rsidR="001148BA" w:rsidRPr="001148BA" w:rsidRDefault="00672048" w:rsidP="001148BA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
@@ -5880,51 +6016,51 @@
                     </w:rPr>
                     <m:t>в</m:t>
                   </m:r>
                 </m:sub>
               </m:sSub>
             </m:oMath>
             <w:r w:rsidR="001148BA" w:rsidRPr="00071A0A">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidR="001148BA" w:rsidRPr="001148BA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>вартість відпущеної електричної енергії за місяць,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="158DF84C" w14:textId="36DA6308" w:rsidR="001148BA" w:rsidRPr="001148BA" w:rsidRDefault="0058647B" w:rsidP="001148BA">
+          <w:p w14:paraId="158DF84C" w14:textId="36DA6308" w:rsidR="001148BA" w:rsidRPr="001148BA" w:rsidRDefault="00672048" w:rsidP="001148BA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSubSup>
                 <m:sSubSupPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubSupPr>
@@ -6025,51 +6161,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001148BA" w:rsidRPr="00746EC5">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>до договору</w:t>
             </w:r>
             <w:r w:rsidR="001148BA" w:rsidRPr="001148BA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="027B31C9" w14:textId="1984595C" w:rsidR="001148BA" w:rsidRPr="001148BA" w:rsidRDefault="0058647B" w:rsidP="001148BA">
+          <w:p w14:paraId="027B31C9" w14:textId="1984595C" w:rsidR="001148BA" w:rsidRPr="001148BA" w:rsidRDefault="00672048" w:rsidP="001148BA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSubSup>
                 <m:sSubSupPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubSupPr>
@@ -6132,51 +6268,91 @@
             <w:r w:rsidR="001148BA" w:rsidRPr="001148BA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">бсяг електричної енергії, що перевищує обсяг виробництва, який відповідає </w:t>
             </w:r>
             <w:r w:rsidR="000D2E71">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>встановленій</w:t>
             </w:r>
             <w:r w:rsidR="001148BA" w:rsidRPr="001148BA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> згідно з договором потужності електрогенеруючої установки у k−ій годині, j − </w:t>
+              <w:t xml:space="preserve"> згідно з договором потужності </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="001148BA" w:rsidRPr="001148BA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>електрогенеруючої</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001148BA" w:rsidRPr="001148BA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> установки у k−</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="001148BA" w:rsidRPr="001148BA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>ій</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001148BA" w:rsidRPr="001148BA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годині, j − </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="001148BA" w:rsidRPr="001148BA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ої</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="001148BA" w:rsidRPr="001148BA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> доби</w:t>
             </w:r>
             <w:r w:rsidR="003D7D7F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
@@ -6356,51 +6532,51 @@
                     </w:rPr>
                     <m:t>В</m:t>
                   </m:r>
                   <w:proofErr w:type="gramEnd"/>
                 </m:e>
                 <m:sub>
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <m:t>в</m:t>
                   </m:r>
                 </m:sub>
               </m:sSub>
             </m:oMath>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, то споживач оплачує електропостачальнику:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22355F7C" w14:textId="77777777" w:rsidR="005200D1" w:rsidRPr="00AE6049" w:rsidRDefault="0058647B" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="22355F7C" w14:textId="77777777" w:rsidR="005200D1" w:rsidRPr="00AE6049" w:rsidRDefault="00672048" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
                 <m:e>
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
@@ -6591,51 +6767,51 @@
                     </w:rPr>
                     <m:t>В</m:t>
                   </m:r>
                   <w:proofErr w:type="gramEnd"/>
                 </m:e>
                 <m:sub>
                   <m:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <m:t>в</m:t>
                   </m:r>
                 </m:sub>
               </m:sSub>
             </m:oMath>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, то електропостачальник оплачує споживачу: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F4F78CF" w14:textId="77777777" w:rsidR="005718DB" w:rsidRPr="00AE6049" w:rsidRDefault="0058647B" w:rsidP="00EF0D7E">
+          <w:p w14:paraId="3F4F78CF" w14:textId="77777777" w:rsidR="005718DB" w:rsidRPr="00AE6049" w:rsidRDefault="00672048" w:rsidP="00EF0D7E">
             <w:pPr>
               <w:widowControl/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <m:oMath>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
                       <w:sz w:val="22"/>
@@ -7097,63 +7273,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7190" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4E2C69F4" w14:textId="77777777" w:rsidR="0058647B" w:rsidRPr="0058647B" w:rsidRDefault="0058647B" w:rsidP="0058647B">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="5"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r w:rsidRPr="0058647B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Вся територія України (крім населених пунктів, на території яких органи державної влади України тимчасово не здійснюють свої повноваження, згідно Розпорядження КМУ № 1085-р від 07.11.2014).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="0"/>
           <w:p w14:paraId="42277F10" w14:textId="65998912" w:rsidR="00DC4103" w:rsidRPr="00D227F8" w:rsidRDefault="00DC4103" w:rsidP="00DC4103">
             <w:pPr>
               <w:pStyle w:val="Style1"/>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="5"/>
               <w:rPr>
                 <w:rStyle w:val="FontStyle12"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00153D99" w:rsidRPr="00AE6049" w14:paraId="1EDEEBFA" w14:textId="77777777" w:rsidTr="00153D99">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -7195,51 +7369,51 @@
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7E410161" w14:textId="77777777" w:rsidR="00011EC0" w:rsidRPr="00AE6049" w:rsidRDefault="00153D99" w:rsidP="00011EC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Оплата за активну електричну енергію здійснюється по факту на поточний рахунок зі спеціальним режимом використання Постачальника.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E75138" w:rsidRPr="0058647B" w14:paraId="3844AAF8" w14:textId="77777777" w:rsidTr="00153D99">
+      <w:tr w:rsidR="00E75138" w:rsidRPr="00672048" w14:paraId="3844AAF8" w14:textId="77777777" w:rsidTr="00153D99">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="690FA937" w14:textId="77777777" w:rsidR="00E75138" w:rsidRPr="00AE6049" w:rsidRDefault="00E75138" w:rsidP="004B3796">
             <w:pPr>
               <w:pStyle w:val="Style5"/>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE6049">
               <w:rPr>
                 <w:rStyle w:val="FontStyle11"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
@@ -10302,157 +10476,158 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7E4CBA9B" w14:textId="77777777" w:rsidR="00E06EF7" w:rsidRPr="00AE6049" w:rsidRDefault="00E06EF7" w:rsidP="00EF0D7E">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E06EF7" w:rsidRPr="00AE6049" w:rsidSect="00311F0C">
       <w:pgSz w:w="11905" w:h="16836"/>
       <w:pgMar w:top="567" w:right="703" w:bottom="851" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76853C9D" w14:textId="77777777" w:rsidR="00F2073F" w:rsidRDefault="00F2073F">
+    <w:p w14:paraId="2F379E7F" w14:textId="77777777" w:rsidR="00F84140" w:rsidRDefault="00F84140">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12FF8054" w14:textId="77777777" w:rsidR="00F2073F" w:rsidRDefault="00F2073F">
+    <w:p w14:paraId="34D47B20" w14:textId="77777777" w:rsidR="00F84140" w:rsidRDefault="00F84140">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="modern"/>
+    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="28C7CA27" w14:textId="77777777" w:rsidR="00F2073F" w:rsidRDefault="00F2073F">
+    <w:p w14:paraId="6A778224" w14:textId="77777777" w:rsidR="00F84140" w:rsidRDefault="00F84140">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F6F02FC" w14:textId="77777777" w:rsidR="00F2073F" w:rsidRDefault="00F2073F">
+    <w:p w14:paraId="7963038E" w14:textId="77777777" w:rsidR="00F84140" w:rsidRDefault="00F84140">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E06EF7"/>
     <w:rsid w:val="000010CA"/>
     <w:rsid w:val="00011EC0"/>
     <w:rsid w:val="00017663"/>
     <w:rsid w:val="00045C9F"/>
     <w:rsid w:val="0004666D"/>
@@ -10463,53 +10638,55 @@
     <w:rsid w:val="000817FE"/>
     <w:rsid w:val="00093499"/>
     <w:rsid w:val="000A21E6"/>
     <w:rsid w:val="000C10AC"/>
     <w:rsid w:val="000D2E71"/>
     <w:rsid w:val="000E007C"/>
     <w:rsid w:val="000E25D7"/>
     <w:rsid w:val="000E3A30"/>
     <w:rsid w:val="000E4126"/>
     <w:rsid w:val="000F2350"/>
     <w:rsid w:val="000F320E"/>
     <w:rsid w:val="00106215"/>
     <w:rsid w:val="00106A8F"/>
     <w:rsid w:val="001148BA"/>
     <w:rsid w:val="0012673E"/>
     <w:rsid w:val="001342ED"/>
     <w:rsid w:val="00142CB0"/>
     <w:rsid w:val="00153D99"/>
     <w:rsid w:val="00177877"/>
     <w:rsid w:val="00196640"/>
     <w:rsid w:val="001A5BAE"/>
     <w:rsid w:val="001C1B18"/>
     <w:rsid w:val="001C422D"/>
     <w:rsid w:val="001E63AF"/>
     <w:rsid w:val="002113CB"/>
+    <w:rsid w:val="00295DC9"/>
     <w:rsid w:val="002A23BD"/>
     <w:rsid w:val="002A7B95"/>
     <w:rsid w:val="002B1D1A"/>
+    <w:rsid w:val="002C0785"/>
     <w:rsid w:val="002D3CBF"/>
     <w:rsid w:val="00311A95"/>
     <w:rsid w:val="00311F0C"/>
     <w:rsid w:val="00316B76"/>
     <w:rsid w:val="0033370D"/>
     <w:rsid w:val="0033408D"/>
     <w:rsid w:val="00341831"/>
     <w:rsid w:val="00342A0F"/>
     <w:rsid w:val="00344040"/>
     <w:rsid w:val="003457BB"/>
     <w:rsid w:val="00346E99"/>
     <w:rsid w:val="003C5224"/>
     <w:rsid w:val="003D10D8"/>
     <w:rsid w:val="003D7D7F"/>
     <w:rsid w:val="003F18C1"/>
     <w:rsid w:val="00403091"/>
     <w:rsid w:val="004144A0"/>
     <w:rsid w:val="00415D44"/>
     <w:rsid w:val="00422722"/>
     <w:rsid w:val="0043174F"/>
     <w:rsid w:val="0043297E"/>
     <w:rsid w:val="0044537F"/>
     <w:rsid w:val="0045075F"/>
     <w:rsid w:val="0045319A"/>
     <w:rsid w:val="00473C97"/>
@@ -10522,50 +10699,51 @@
     <w:rsid w:val="004C75FC"/>
     <w:rsid w:val="004E5EB8"/>
     <w:rsid w:val="004F5444"/>
     <w:rsid w:val="005045D2"/>
     <w:rsid w:val="00507C48"/>
     <w:rsid w:val="0051757A"/>
     <w:rsid w:val="005200D1"/>
     <w:rsid w:val="0053433D"/>
     <w:rsid w:val="005434FE"/>
     <w:rsid w:val="005718DB"/>
     <w:rsid w:val="00575C10"/>
     <w:rsid w:val="0058647B"/>
     <w:rsid w:val="0059189B"/>
     <w:rsid w:val="005A2644"/>
     <w:rsid w:val="005B42EC"/>
     <w:rsid w:val="005B7C7B"/>
     <w:rsid w:val="005C3D54"/>
     <w:rsid w:val="00613E3D"/>
     <w:rsid w:val="00621495"/>
     <w:rsid w:val="00627101"/>
     <w:rsid w:val="006271DE"/>
     <w:rsid w:val="0064542B"/>
     <w:rsid w:val="00647398"/>
     <w:rsid w:val="00665023"/>
     <w:rsid w:val="00666845"/>
+    <w:rsid w:val="00672048"/>
     <w:rsid w:val="00690002"/>
     <w:rsid w:val="006A18D7"/>
     <w:rsid w:val="006B2ED1"/>
     <w:rsid w:val="006C5663"/>
     <w:rsid w:val="006C744C"/>
     <w:rsid w:val="00701CB3"/>
     <w:rsid w:val="00706D02"/>
     <w:rsid w:val="007449CB"/>
     <w:rsid w:val="00746EC5"/>
     <w:rsid w:val="00765C13"/>
     <w:rsid w:val="007A03A2"/>
     <w:rsid w:val="007A59DA"/>
     <w:rsid w:val="007C0650"/>
     <w:rsid w:val="007C3D5E"/>
     <w:rsid w:val="007E226A"/>
     <w:rsid w:val="007F493B"/>
     <w:rsid w:val="0081158F"/>
     <w:rsid w:val="008320D6"/>
     <w:rsid w:val="00836E9B"/>
     <w:rsid w:val="00845C43"/>
     <w:rsid w:val="00872025"/>
     <w:rsid w:val="00876BAD"/>
     <w:rsid w:val="008B4A50"/>
     <w:rsid w:val="008D15DF"/>
     <w:rsid w:val="008E4CA9"/>
@@ -10577,88 +10755,91 @@
     <w:rsid w:val="00966E97"/>
     <w:rsid w:val="00973649"/>
     <w:rsid w:val="009741B9"/>
     <w:rsid w:val="00976AB2"/>
     <w:rsid w:val="00993BDC"/>
     <w:rsid w:val="009A564A"/>
     <w:rsid w:val="009A674B"/>
     <w:rsid w:val="009B09F7"/>
     <w:rsid w:val="009D056B"/>
     <w:rsid w:val="009E4C37"/>
     <w:rsid w:val="00A06CA6"/>
     <w:rsid w:val="00A35EC6"/>
     <w:rsid w:val="00A43EDE"/>
     <w:rsid w:val="00A51E68"/>
     <w:rsid w:val="00A62B27"/>
     <w:rsid w:val="00A6423F"/>
     <w:rsid w:val="00AB3F88"/>
     <w:rsid w:val="00AC0AEB"/>
     <w:rsid w:val="00AC2456"/>
     <w:rsid w:val="00AC7505"/>
     <w:rsid w:val="00AE187F"/>
     <w:rsid w:val="00AE1CEE"/>
     <w:rsid w:val="00AE6049"/>
     <w:rsid w:val="00B316E0"/>
     <w:rsid w:val="00B62DDE"/>
+    <w:rsid w:val="00B751DD"/>
     <w:rsid w:val="00BA4D48"/>
     <w:rsid w:val="00BC4332"/>
     <w:rsid w:val="00BC64D5"/>
     <w:rsid w:val="00BF572B"/>
     <w:rsid w:val="00C06BFF"/>
     <w:rsid w:val="00C128C3"/>
     <w:rsid w:val="00C33678"/>
     <w:rsid w:val="00C50AAB"/>
     <w:rsid w:val="00C83031"/>
     <w:rsid w:val="00C93AC3"/>
     <w:rsid w:val="00CB13ED"/>
     <w:rsid w:val="00CB5A3C"/>
     <w:rsid w:val="00CB6F7D"/>
     <w:rsid w:val="00CC48B1"/>
     <w:rsid w:val="00CD0E6A"/>
     <w:rsid w:val="00CE6CEB"/>
+    <w:rsid w:val="00D12F95"/>
     <w:rsid w:val="00D227F8"/>
     <w:rsid w:val="00D3080D"/>
     <w:rsid w:val="00D510CF"/>
     <w:rsid w:val="00D970C6"/>
     <w:rsid w:val="00DA36AF"/>
     <w:rsid w:val="00DC4103"/>
     <w:rsid w:val="00DE7555"/>
     <w:rsid w:val="00DF4473"/>
     <w:rsid w:val="00E06EF7"/>
     <w:rsid w:val="00E4045F"/>
     <w:rsid w:val="00E75138"/>
     <w:rsid w:val="00E90970"/>
     <w:rsid w:val="00EA210F"/>
     <w:rsid w:val="00EF0D7E"/>
     <w:rsid w:val="00F00A67"/>
     <w:rsid w:val="00F155F6"/>
     <w:rsid w:val="00F2073F"/>
     <w:rsid w:val="00F31EAA"/>
     <w:rsid w:val="00F46F51"/>
     <w:rsid w:val="00F63DCF"/>
     <w:rsid w:val="00F70457"/>
     <w:rsid w:val="00F817D7"/>
+    <w:rsid w:val="00F84140"/>
     <w:rsid w:val="00FB1E6A"/>
     <w:rsid w:val="00FB7E62"/>
     <w:rsid w:val="00FC24D4"/>
     <w:rsid w:val="00FE4084"/>
     <w:rsid w:val="00FE4425"/>
     <w:rsid w:val="00FE7936"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -11031,50 +11212,51 @@
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008B4A50"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
@@ -14492,50 +14674,51 @@
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="90"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008B4A50"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>