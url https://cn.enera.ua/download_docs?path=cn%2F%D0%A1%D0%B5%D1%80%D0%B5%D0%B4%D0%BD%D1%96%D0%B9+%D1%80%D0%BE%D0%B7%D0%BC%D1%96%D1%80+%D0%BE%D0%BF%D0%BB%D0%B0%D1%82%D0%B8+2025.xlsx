--- v0 (2025-10-13)
+++ v1 (2025-12-10)
@@ -2544,60 +2544,60 @@
     <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="177" fontId="53" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="175" fontId="49" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="669" applyFont="1"/>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="669" applyFont="1"/>
     <xf numFmtId="0" fontId="60" fillId="31" borderId="27" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="31" borderId="0" xfId="669" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="63" fillId="31" borderId="0" xfId="669" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="61" fillId="31" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="62" fillId="31" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="64" fillId="31" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="64" fillId="31" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="31" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="61" fillId="31" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="31" borderId="0" xfId="669" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="669" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="769">
     <cellStyle name=" 1" xfId="1"/>
     <cellStyle name="_ДДС_30.12.2006гОля" xfId="2"/>
     <cellStyle name="_ИП пример" xfId="3"/>
     <cellStyle name="_Книга1" xfId="4"/>
     <cellStyle name="_Книга2" xfId="5"/>
     <cellStyle name="_Книга2_Бюджет_2008_ожидаемый_08-04-15" xfId="6"/>
     <cellStyle name="_Книга2_Бюджет_2008_ожидаемый_08-04-15_РДС_факт_2008" xfId="7"/>
     <cellStyle name="_Книга2_Бюджет_2008_ожидаемый_08-05-05" xfId="8"/>
     <cellStyle name="_Книга2_Бюджет_май_2008(08-05-13)" xfId="9"/>
     <cellStyle name="_Книга2_Бюджет_май_2008(08-05-13)_Бюджет_II_полугодие_2008_6" xfId="10"/>
     <cellStyle name="_Книга2_РДС_01_2008" xfId="11"/>
     <cellStyle name="_Книга2_РДС_02_2008" xfId="12"/>
     <cellStyle name="_Книга2_РДС_факт_2008" xfId="13"/>
     <cellStyle name="_Краснодонский ф-л_10_2006" xfId="14"/>
     <cellStyle name="_Крд_бюдж_01_07" xfId="15"/>
     <cellStyle name="_Крд_бюдж_08_2006" xfId="16"/>
     <cellStyle name="_Крд_бюдж_09_2006" xfId="17"/>
     <cellStyle name="_Крд_бюдж_10_2006" xfId="18"/>
     <cellStyle name="_Крд_бюдж_11_2006" xfId="19"/>
     <cellStyle name="_Крд_бюдж_12_06" xfId="20"/>
     <cellStyle name="_Лис_бюдж_01_07" xfId="21"/>
     <cellStyle name="_Лист1" xfId="22"/>
@@ -3615,124 +3615,128 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F6" sqref="F6"/>
+      <selection activeCell="D3" sqref="D3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1"/>
   <cols>
     <col min="1" max="1" width="38.7109375" style="25" customWidth="1"/>
     <col min="2" max="5" width="12.7109375" style="25" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="25" customWidth="1"/>
     <col min="7" max="16384" width="9.140625" style="25" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="50.1" customHeight="1">
       <c r="A1" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="27"/>
       <c r="F1" s="28"/>
     </row>
-    <row r="2" spans="1:6" s="37" customFormat="1" ht="18" customHeight="1">
-      <c r="A2" s="34" t="s">
+    <row r="2" spans="1:6" s="36" customFormat="1" ht="18" customHeight="1">
+      <c r="A2" s="37" t="s">
         <v>78</v>
       </c>
-      <c r="B2" s="35" t="s">
+      <c r="B2" s="34" t="s">
         <v>79</v>
       </c>
-      <c r="C2" s="35"/>
-[...5 lines deleted...]
-      <c r="A3" s="34"/>
+      <c r="C2" s="34"/>
+      <c r="D2" s="34"/>
+      <c r="E2" s="34"/>
+      <c r="F2" s="35"/>
+    </row>
+    <row r="3" spans="1:6" s="36" customFormat="1" ht="18" customHeight="1">
+      <c r="A3" s="37"/>
       <c r="B3" s="30" t="s">
         <v>82</v>
       </c>
       <c r="C3" s="30" t="s">
         <v>83</v>
       </c>
       <c r="D3" s="30" t="s">
         <v>84</v>
       </c>
       <c r="E3" s="30" t="s">
         <v>85</v>
       </c>
-      <c r="F3" s="36"/>
+      <c r="F3" s="35"/>
     </row>
     <row r="4" spans="1:6" s="26" customFormat="1" ht="33" customHeight="1">
       <c r="A4" s="31" t="s">
         <v>80</v>
       </c>
       <c r="B4" s="32">
         <v>391</v>
       </c>
       <c r="C4" s="33">
         <v>361</v>
       </c>
-      <c r="D4" s="32"/>
+      <c r="D4" s="32">
+        <v>356</v>
+      </c>
       <c r="E4" s="32"/>
       <c r="F4" s="29"/>
     </row>
     <row r="5" spans="1:6" s="26" customFormat="1" ht="33" customHeight="1">
       <c r="A5" s="31" t="s">
         <v>81</v>
       </c>
       <c r="B5" s="33">
         <v>441</v>
       </c>
       <c r="C5" s="33">
         <v>407</v>
       </c>
-      <c r="D5" s="32"/>
+      <c r="D5" s="32">
+        <v>402</v>
+      </c>
       <c r="E5" s="32"/>
       <c r="F5" s="29"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="28"/>
       <c r="B6" s="28"/>
       <c r="C6" s="28"/>
       <c r="D6" s="28"/>
       <c r="E6" s="28"/>
       <c r="F6" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:A3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.39370078740157483" top="0.78740157480314965" bottom="0.78740157480314965" header="0.27559055118110237" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="97" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:K83"/>