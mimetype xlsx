--- v0 (2025-10-13)
+++ v1 (2025-12-10)
@@ -6,80 +6,80 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\DEVELOPMENT\BILLING\!!!ENERA-SITE\2025-07-21 (заявка)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\WEB\site-enera\storage\files\cn\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="613"/>
   </bookViews>
   <sheets>
     <sheet name="періоди" sheetId="12" r:id="rId1"/>
     <sheet name="БДДС 01-12" sheetId="7" state="hidden" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
     <definedName name="________E100000" localSheetId="1">#REF!</definedName>
     <definedName name="_______E100000" localSheetId="1">#REF!</definedName>
     <definedName name="______DAT5" localSheetId="1">[1]Лист1!#REF!</definedName>
     <definedName name="______E100000" localSheetId="1">#REF!</definedName>
     <definedName name="_____DAT5" localSheetId="1">[1]Лист1!#REF!</definedName>
     <definedName name="_____E100000" localSheetId="1">#REF!</definedName>
     <definedName name="____DAT5" localSheetId="1">[1]Лист1!#REF!</definedName>
     <definedName name="____E100000" localSheetId="1">#REF!</definedName>
     <definedName name="___DAT5" localSheetId="1">[1]Лист1!#REF!</definedName>
     <definedName name="___E100000" localSheetId="1">#REF!</definedName>
     <definedName name="__DAT5" localSheetId="1">[1]Лист1!#REF!</definedName>
     <definedName name="__E100000" localSheetId="1">#REF!</definedName>
     <definedName name="_DAT5" localSheetId="1">[2]Лист1!#REF!</definedName>
     <definedName name="_E100000" localSheetId="1">#REF!</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">періоди!$X$19:$X$22</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">періоди!$X$30:$X$33</definedName>
     <definedName name="a" localSheetId="1" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="a" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="AS2DocOpenMode" hidden="1">"AS2DocumentBrowse"</definedName>
     <definedName name="csMy_template_Dim03" localSheetId="1">#REF!</definedName>
     <definedName name="csMy_template_Dim04" localSheetId="1">#REF!</definedName>
     <definedName name="csMy_template_Dim05" localSheetId="1">#REF!</definedName>
     <definedName name="csZTR_reports_obor_kapital_Dim02" localSheetId="1">#REF!</definedName>
     <definedName name="csZTR_reports_obor_kapital_Dim04" localSheetId="1">#REF!</definedName>
     <definedName name="csZTR_reports_obor_kapital_Dim05" localSheetId="1">#REF!</definedName>
     <definedName name="csZTR_reports_obor_kapitalAnchor" localSheetId="1">#REF!</definedName>
     <definedName name="DATA1" localSheetId="1">#REF!</definedName>
     <definedName name="DATA10" localSheetId="1">#REF!</definedName>
     <definedName name="DATA11" localSheetId="1">#REF!</definedName>
     <definedName name="h" localSheetId="1" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="h" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="include" localSheetId="1">#REF!</definedName>
     <definedName name="j" localSheetId="1" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="j" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="l" localSheetId="1" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="l" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="SAPBEXdnldView" hidden="1">"00AWPUI4XF54KGVJKOJEEQ68G"</definedName>
     <definedName name="SAPBEXrevision" hidden="1">15</definedName>
     <definedName name="SAPBEXsysID" hidden="1">"BWP"</definedName>
     <definedName name="SAPBEXwbID" hidden="1">"2RHEROATNDMEH6281CPHFC0V4"</definedName>
     <definedName name="TEST0" localSheetId="1">#REF!</definedName>
@@ -108,393 +108,393 @@
     <definedName name="ИТОГО" localSheetId="1">#REF!</definedName>
     <definedName name="л" localSheetId="1" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="л" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="Лист2" localSheetId="1">#REF!</definedName>
     <definedName name="май913.01" localSheetId="1">#REF!</definedName>
     <definedName name="май913.02" localSheetId="1">#REF!</definedName>
     <definedName name="НачКол" localSheetId="1">#REF!</definedName>
     <definedName name="НКРЕ" localSheetId="1">#REF!</definedName>
     <definedName name="ноя913.01" localSheetId="1">#REF!</definedName>
     <definedName name="окт913.01" localSheetId="1">#REF!</definedName>
     <definedName name="п" localSheetId="1" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="п" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="подр" localSheetId="1">#REF!</definedName>
     <definedName name="ПоследнСтрока" localSheetId="1">#REF!</definedName>
     <definedName name="пр" localSheetId="1">#REF!</definedName>
     <definedName name="прпопоп" localSheetId="1" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="прпопоп" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="р" localSheetId="1" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="р" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="расш" localSheetId="1">#REF!</definedName>
     <definedName name="ремонт" localSheetId="1">#REF!</definedName>
     <definedName name="ррр" localSheetId="1">#REF!</definedName>
     <definedName name="сен913.01" localSheetId="1">#REF!</definedName>
     <definedName name="сен913.02" localSheetId="1">#REF!</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="X50" i="12" l="1"/>
-[...4 lines deleted...]
-  <c r="T45" i="12" l="1"/>
+  <c r="C42" i="12" l="1"/>
+  <c r="D42" i="12"/>
+  <c r="G42" i="12"/>
+  <c r="H42" i="12"/>
+  <c r="I42" i="12"/>
+  <c r="L42" i="12"/>
+  <c r="M42" i="12"/>
+  <c r="N42" i="12"/>
+  <c r="Q42" i="12"/>
+  <c r="R42" i="12"/>
+  <c r="S42" i="12"/>
+  <c r="V42" i="12"/>
+  <c r="W42" i="12"/>
+  <c r="X42" i="12"/>
+  <c r="E43" i="12"/>
+  <c r="J43" i="12"/>
+  <c r="O43" i="12"/>
+  <c r="T43" i="12"/>
+  <c r="Y43" i="12"/>
+  <c r="E44" i="12"/>
+  <c r="J44" i="12"/>
+  <c r="O44" i="12"/>
+  <c r="T44" i="12"/>
+  <c r="Y44" i="12"/>
+  <c r="E45" i="12"/>
+  <c r="J45" i="12"/>
+  <c r="O45" i="12"/>
+  <c r="T45" i="12"/>
+  <c r="Y45" i="12"/>
+  <c r="B46" i="12"/>
+  <c r="B42" i="12" s="1"/>
+  <c r="F46" i="12"/>
+  <c r="J46" i="12" s="1"/>
+  <c r="K46" i="12"/>
+  <c r="K42" i="12" s="1"/>
+  <c r="O46" i="12"/>
+  <c r="P46" i="12"/>
+  <c r="P42" i="12" s="1"/>
+  <c r="U46" i="12"/>
+  <c r="Y46" i="12" s="1"/>
+  <c r="E47" i="12"/>
+  <c r="J47" i="12"/>
+  <c r="O47" i="12"/>
+  <c r="T47" i="12"/>
+  <c r="U47" i="12"/>
+  <c r="Y47" i="12" s="1"/>
+  <c r="E48" i="12"/>
+  <c r="J48" i="12"/>
   <c r="O48" i="12"/>
-  <c r="K49" i="12"/>
-[...234 lines deleted...]
-  <c r="U9" i="12"/>
+  <c r="T48" i="12"/>
+  <c r="U48" i="12"/>
+  <c r="Y48" i="12" s="1"/>
+  <c r="E46" i="12" l="1"/>
+  <c r="E42" i="12"/>
+  <c r="O42" i="12"/>
+  <c r="Y42" i="12"/>
+  <c r="U42" i="12"/>
+  <c r="J42" i="12"/>
+  <c r="F42" i="12"/>
+  <c r="T46" i="12"/>
+  <c r="T42" i="12" s="1"/>
+  <c r="X11" i="12"/>
+  <c r="X10" i="12"/>
+  <c r="X8" i="12"/>
+  <c r="X7" i="12"/>
+  <c r="X6" i="12"/>
+  <c r="T6" i="12" l="1"/>
+  <c r="O9" i="12"/>
+  <c r="J10" i="12"/>
+  <c r="K10" i="12" s="1"/>
+  <c r="P6" i="12" l="1"/>
+  <c r="P7" i="12"/>
+  <c r="P10" i="12"/>
+  <c r="O10" i="12"/>
+  <c r="N10" i="12"/>
+  <c r="M10" i="12"/>
+  <c r="L10" i="12"/>
+  <c r="P11" i="12" l="1"/>
+  <c r="O11" i="12"/>
+  <c r="N11" i="12"/>
+  <c r="M11" i="12"/>
+  <c r="L11" i="12"/>
   <c r="P9" i="12"/>
-  <c r="K9" i="12"/>
-[...27 lines deleted...]
-  <c r="O9" i="12"/>
+  <c r="I9" i="12" s="1"/>
+  <c r="P8" i="12"/>
   <c r="O8" i="12"/>
-  <c r="O7" i="12"/>
+  <c r="N8" i="12"/>
+  <c r="M8" i="12"/>
+  <c r="M7" i="12"/>
   <c r="O6" i="12"/>
-  <c r="T11" i="12"/>
-[...4 lines deleted...]
-  <c r="T6" i="12"/>
+  <c r="M6" i="12"/>
+  <c r="L6" i="12"/>
+  <c r="AG11" i="12"/>
+  <c r="AG10" i="12"/>
+  <c r="AG9" i="12"/>
+  <c r="AG8" i="12"/>
+  <c r="AG7" i="12"/>
+  <c r="AG6" i="12"/>
+  <c r="AN5" i="12"/>
+  <c r="AM5" i="12"/>
+  <c r="AL5" i="12"/>
+  <c r="AK5" i="12"/>
+  <c r="AJ5" i="12"/>
+  <c r="AI5" i="12"/>
+  <c r="AH5" i="12"/>
+  <c r="Y11" i="12"/>
+  <c r="Y10" i="12"/>
   <c r="Y9" i="12"/>
   <c r="Y8" i="12"/>
   <c r="Y7" i="12"/>
   <c r="Y6" i="12"/>
-  <c r="G18" i="12"/>
-[...17 lines deleted...]
-  <c r="H18" i="12"/>
+  <c r="AF5" i="12"/>
+  <c r="AE5" i="12"/>
+  <c r="AD5" i="12"/>
+  <c r="AC5" i="12"/>
+  <c r="AB5" i="12"/>
+  <c r="AA5" i="12"/>
+  <c r="Z5" i="12"/>
+  <c r="Q10" i="12"/>
+  <c r="Q9" i="12"/>
+  <c r="Q8" i="12"/>
+  <c r="Q6" i="12"/>
+  <c r="Q11" i="12"/>
+  <c r="Q7" i="12"/>
   <c r="X5" i="12"/>
   <c r="W5" i="12"/>
   <c r="V5" i="12"/>
-  <c r="F23" i="12"/>
-  <c r="O5" i="12" l="1"/>
+  <c r="U5" i="12"/>
   <c r="T5" i="12"/>
+  <c r="S5" i="12"/>
+  <c r="R5" i="12"/>
+  <c r="I10" i="12"/>
+  <c r="H11" i="12"/>
+  <c r="G11" i="12"/>
+  <c r="F11" i="12"/>
+  <c r="E11" i="12"/>
+  <c r="G10" i="12"/>
+  <c r="F10" i="12"/>
+  <c r="E10" i="12"/>
+  <c r="C10" i="12"/>
+  <c r="H9" i="12"/>
+  <c r="B9" i="12" s="1"/>
+  <c r="H8" i="12"/>
+  <c r="G8" i="12"/>
+  <c r="F8" i="12"/>
+  <c r="H7" i="12"/>
+  <c r="F7" i="12"/>
+  <c r="F6" i="12"/>
+  <c r="E6" i="12"/>
+  <c r="D5" i="12"/>
+  <c r="K5" i="12"/>
+  <c r="J5" i="12"/>
+  <c r="L5" i="12" l="1"/>
+  <c r="B8" i="12"/>
+  <c r="F5" i="12"/>
+  <c r="Y5" i="12"/>
+  <c r="P5" i="12"/>
+  <c r="N5" i="12"/>
+  <c r="B11" i="12"/>
+  <c r="O5" i="12"/>
+  <c r="B6" i="12"/>
+  <c r="G5" i="12"/>
+  <c r="M5" i="12"/>
+  <c r="B10" i="12"/>
+  <c r="B7" i="12"/>
+  <c r="H5" i="12"/>
+  <c r="Q5" i="12"/>
+  <c r="AG5" i="12"/>
+  <c r="I11" i="12"/>
+  <c r="I8" i="12"/>
+  <c r="I7" i="12"/>
+  <c r="I6" i="12"/>
+  <c r="C5" i="12"/>
   <c r="E5" i="12"/>
-  <c r="J5" i="12"/>
-[...1 lines deleted...]
-  <c r="F18" i="12"/>
+  <c r="AH22" i="12"/>
+  <c r="AD22" i="12"/>
+  <c r="AI23" i="12"/>
+  <c r="AG22" i="12"/>
+  <c r="AF22" i="12"/>
+  <c r="V18" i="12"/>
+  <c r="AI21" i="12"/>
+  <c r="AI20" i="12"/>
+  <c r="AI19" i="12"/>
+  <c r="AH23" i="12"/>
+  <c r="AH20" i="12"/>
+  <c r="AG23" i="12"/>
+  <c r="AG20" i="12"/>
+  <c r="AG19" i="12"/>
+  <c r="AG18" i="12"/>
+  <c r="AF23" i="12"/>
+  <c r="AF18" i="12"/>
+  <c r="B5" i="12" l="1"/>
+  <c r="AC19" i="12"/>
+  <c r="I5" i="12"/>
+  <c r="AC18" i="12"/>
+  <c r="AC23" i="12"/>
+  <c r="AC21" i="12"/>
+  <c r="AC20" i="12"/>
+  <c r="AI17" i="12"/>
+  <c r="AG17" i="12"/>
+  <c r="AF17" i="12"/>
+  <c r="AE17" i="12"/>
+  <c r="AD17" i="12"/>
+  <c r="AB17" i="12"/>
+  <c r="U23" i="12"/>
+  <c r="U20" i="12"/>
+  <c r="U17" i="12" l="1"/>
+  <c r="V23" i="12"/>
+  <c r="V22" i="12"/>
+  <c r="V21" i="12"/>
+  <c r="V20" i="12"/>
+  <c r="V19" i="12"/>
+  <c r="AA17" i="12"/>
+  <c r="Z17" i="12"/>
+  <c r="Y17" i="12"/>
+  <c r="X17" i="12"/>
+  <c r="W17" i="12"/>
+  <c r="V17" i="12" l="1"/>
+  <c r="O23" i="12"/>
+  <c r="O22" i="12"/>
+  <c r="O21" i="12"/>
+  <c r="O20" i="12"/>
+  <c r="O19" i="12"/>
+  <c r="O18" i="12"/>
+  <c r="T17" i="12"/>
+  <c r="S17" i="12"/>
+  <c r="R17" i="12"/>
+  <c r="Q17" i="12"/>
+  <c r="P17" i="12"/>
+  <c r="N17" i="12"/>
+  <c r="M17" i="12"/>
+  <c r="L17" i="12"/>
+  <c r="K17" i="12"/>
+  <c r="J17" i="12"/>
+  <c r="I17" i="12"/>
+  <c r="C17" i="12"/>
+  <c r="D17" i="12"/>
+  <c r="E17" i="12"/>
+  <c r="H23" i="12"/>
+  <c r="H22" i="12"/>
+  <c r="H21" i="12"/>
+  <c r="H20" i="12"/>
+  <c r="H19" i="12"/>
+  <c r="H18" i="12"/>
+  <c r="O17" i="12" l="1"/>
+  <c r="H17" i="12"/>
+  <c r="B23" i="12"/>
+  <c r="B22" i="12"/>
+  <c r="B21" i="12"/>
+  <c r="B20" i="12"/>
+  <c r="B19" i="12"/>
   <c r="B18" i="12"/>
-  <c r="U11" i="12"/>
-[...8 lines deleted...]
-  <c r="Y5" i="12" s="1"/>
+  <c r="G17" i="12"/>
+  <c r="F17" i="12"/>
+  <c r="B17" i="12" l="1"/>
+  <c r="X34" i="12"/>
+  <c r="Y34" i="12"/>
+  <c r="X35" i="12" l="1"/>
+  <c r="X33" i="12"/>
+  <c r="X32" i="12"/>
+  <c r="X31" i="12"/>
+  <c r="X30" i="12"/>
+  <c r="Y35" i="12" l="1"/>
+  <c r="Y33" i="12"/>
+  <c r="Y32" i="12"/>
+  <c r="Y31" i="12"/>
+  <c r="Y30" i="12"/>
+  <c r="S35" i="12"/>
+  <c r="S34" i="12"/>
+  <c r="S33" i="12"/>
+  <c r="S32" i="12"/>
+  <c r="S31" i="12"/>
+  <c r="S30" i="12"/>
+  <c r="AD29" i="12"/>
+  <c r="AC29" i="12"/>
+  <c r="AB29" i="12"/>
+  <c r="AA29" i="12"/>
+  <c r="Z29" i="12"/>
+  <c r="X29" i="12"/>
+  <c r="W29" i="12"/>
+  <c r="V29" i="12"/>
+  <c r="U29" i="12"/>
+  <c r="T29" i="12"/>
+  <c r="S29" i="12" l="1"/>
+  <c r="Y29" i="12"/>
+  <c r="R35" i="12"/>
+  <c r="R32" i="12"/>
+  <c r="R30" i="12"/>
+  <c r="R34" i="12" l="1"/>
+  <c r="M35" i="12" l="1"/>
+  <c r="M34" i="12"/>
+  <c r="M33" i="12"/>
+  <c r="M32" i="12"/>
+  <c r="M31" i="12"/>
+  <c r="M30" i="12"/>
+  <c r="R29" i="12"/>
+  <c r="P29" i="12"/>
+  <c r="O29" i="12"/>
+  <c r="N29" i="12"/>
+  <c r="Q29" i="12"/>
+  <c r="M29" i="12" l="1"/>
+  <c r="G33" i="12"/>
+  <c r="B33" i="12"/>
+  <c r="L35" i="12" l="1"/>
+  <c r="L34" i="12"/>
+  <c r="L33" i="12"/>
+  <c r="L32" i="12"/>
+  <c r="L31" i="12"/>
+  <c r="L30" i="12"/>
+  <c r="F35" i="12"/>
+  <c r="F33" i="12"/>
+  <c r="F32" i="12"/>
+  <c r="F31" i="12"/>
+  <c r="F30" i="12"/>
+  <c r="G29" i="12"/>
+  <c r="E29" i="12"/>
+  <c r="D29" i="12"/>
+  <c r="C29" i="12"/>
+  <c r="K29" i="12"/>
+  <c r="J29" i="12"/>
+  <c r="I29" i="12"/>
+  <c r="H29" i="12"/>
+  <c r="F34" i="12"/>
+  <c r="L29" i="12" l="1"/>
+  <c r="F29" i="12"/>
+  <c r="B29" i="12"/>
   <c r="F82" i="7" l="1"/>
   <c r="E82" i="7"/>
   <c r="D82" i="7"/>
   <c r="I80" i="7"/>
   <c r="I78" i="7"/>
   <c r="I77" i="7"/>
   <c r="I75" i="7"/>
   <c r="I74" i="7"/>
   <c r="I73" i="7"/>
   <c r="I71" i="7"/>
   <c r="I70" i="7"/>
   <c r="H67" i="7"/>
   <c r="I66" i="7"/>
   <c r="I64" i="7" s="1"/>
   <c r="H66" i="7"/>
   <c r="F66" i="7"/>
   <c r="F64" i="7" s="1"/>
   <c r="D66" i="7"/>
   <c r="D64" i="7" s="1"/>
   <c r="G64" i="7"/>
   <c r="E64" i="7"/>
   <c r="I62" i="7"/>
   <c r="I61" i="7"/>
   <c r="I60" i="7"/>
   <c r="D58" i="7"/>
@@ -605,53 +605,53 @@
   <c r="E4" i="7"/>
   <c r="H64" i="7"/>
   <c r="F4" i="7"/>
   <c r="H5" i="7"/>
   <c r="H4" i="7" s="1"/>
   <c r="G5" i="7"/>
   <c r="G81" i="7" s="1"/>
   <c r="G83" i="7" s="1"/>
   <c r="G4" i="7" l="1"/>
   <c r="I83" i="7"/>
   <c r="H50" i="7"/>
   <c r="I4" i="7"/>
   <c r="D79" i="7"/>
   <c r="E3" i="7" s="1"/>
   <c r="E79" i="7" s="1"/>
   <c r="F3" i="7" s="1"/>
   <c r="F79" i="7" s="1"/>
   <c r="G3" i="7" s="1"/>
   <c r="H81" i="7"/>
   <c r="H83" i="7" s="1"/>
   <c r="G79" i="7" l="1"/>
   <c r="H3" i="7" s="1"/>
   <c r="H79" i="7" s="1"/>
   <c r="I3" i="7" s="1"/>
   <c r="I79" i="7" s="1"/>
-  <c r="AH31" i="12" l="1"/>
-[...1 lines deleted...]
-  <c r="AC31" i="12" s="1"/>
+  <c r="AH17" i="12" l="1"/>
+  <c r="AC22" i="12"/>
+  <c r="AC17" i="12" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="108">
   <si>
     <t>услуги связи</t>
   </si>
   <si>
     <t>ФАКТ</t>
   </si>
   <si>
     <t>июнь-июль</t>
   </si>
   <si>
     <t>авг</t>
   </si>
   <si>
     <t>сент</t>
   </si>
   <si>
     <t>окт</t>
   </si>
   <si>
     <t>ноя</t>
@@ -1605,51 +1605,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="23"/>
         <bgColor indexed="23"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor theme="3" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="46">
+  <borders count="48">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
@@ -2008,61 +2008,50 @@
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...9 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
@@ -2163,50 +2152,87 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="770">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
@@ -3105,192 +3131,111 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="22"/>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="22"/>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="22"/>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="22"/>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="22"/>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="22"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="83">
+  <cellXfs count="89">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="16" fontId="49" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="175" fontId="49" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="175" fontId="50" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="177" fontId="49" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="177" fontId="49" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="175" fontId="50" fillId="30" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="177" fontId="50" fillId="30" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="178" fontId="49" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="175" fontId="51" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="175" fontId="51" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="174" fontId="52" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="175" fontId="53" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="175" fontId="53" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="175" fontId="52" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="179" fontId="49" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="174" fontId="49" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="180" fontId="49" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="176" fontId="50" fillId="30" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="175" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="177" fontId="53" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="175" fontId="49" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="669"/>
     <xf numFmtId="0" fontId="61" fillId="0" borderId="0" xfId="669" applyFont="1"/>
     <xf numFmtId="0" fontId="59" fillId="31" borderId="32" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="59" fillId="31" borderId="20" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="59" fillId="31" borderId="31" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="59" fillId="31" borderId="34" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="59" fillId="31" borderId="33" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="59" fillId="31" borderId="31" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="669" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="31" borderId="33" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="61" fillId="31" borderId="19" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="32" borderId="29" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="32" borderId="20" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...76 lines deleted...]
-    <xf numFmtId="0" fontId="61" fillId="31" borderId="45" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="0" borderId="20" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="61" fillId="0" borderId="19" xfId="669" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="669" applyFill="1"/>
     <xf numFmtId="0" fontId="61" fillId="0" borderId="29" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="60" fillId="0" borderId="29" xfId="669" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="60" fillId="0" borderId="29" xfId="669" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="60" fillId="0" borderId="29" xfId="669" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="60" fillId="0" borderId="29" xfId="669" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="0" borderId="29" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3300,50 +3245,149 @@
     <xf numFmtId="3" fontId="61" fillId="0" borderId="0" xfId="669" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="61" fillId="0" borderId="25" xfId="669" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="60" fillId="0" borderId="25" xfId="669" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="60" fillId="0" borderId="25" xfId="669" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="60" fillId="0" borderId="0" xfId="669" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="669" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="0" borderId="29" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="61" fillId="0" borderId="29" xfId="669" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="60" fillId="0" borderId="30" xfId="669" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="60" fillId="0" borderId="30" xfId="669" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="32" borderId="34" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="32" borderId="35" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="32" borderId="30" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="34" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="35" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="30" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="32" borderId="36" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="32" borderId="37" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="32" borderId="38" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="32" borderId="29" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="36" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="37" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="38" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="29" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="39" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="40" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="41" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="39" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="40" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="42" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="43" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="44" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="32" borderId="39" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="32" borderId="40" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="32" borderId="41" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="32" borderId="45" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="32" borderId="46" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="32" borderId="47" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="45" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="46" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="47" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="33" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="20" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="770">
     <cellStyle name=" 1" xfId="1"/>
     <cellStyle name="_ДДС_30.12.2006гОля" xfId="2"/>
     <cellStyle name="_ИП пример" xfId="3"/>
     <cellStyle name="_Книга1" xfId="4"/>
     <cellStyle name="_Книга2" xfId="5"/>
     <cellStyle name="_Книга2_Бюджет_2008_ожидаемый_08-04-15" xfId="6"/>
     <cellStyle name="_Книга2_Бюджет_2008_ожидаемый_08-04-15_РДС_факт_2008" xfId="7"/>
     <cellStyle name="_Книга2_Бюджет_2008_ожидаемый_08-05-05" xfId="8"/>
     <cellStyle name="_Книга2_Бюджет_май_2008(08-05-13)" xfId="9"/>
     <cellStyle name="_Книга2_Бюджет_май_2008(08-05-13)_Бюджет_II_полугодие_2008_6" xfId="10"/>
     <cellStyle name="_Книга2_РДС_01_2008" xfId="11"/>
     <cellStyle name="_Книга2_РДС_02_2008" xfId="12"/>
     <cellStyle name="_Книга2_РДС_факт_2008" xfId="13"/>
     <cellStyle name="_Краснодонский ф-л_10_2006" xfId="14"/>
     <cellStyle name="_Крд_бюдж_01_07" xfId="15"/>
     <cellStyle name="_Крд_бюдж_08_2006" xfId="16"/>
     <cellStyle name="_Крд_бюдж_09_2006" xfId="17"/>
     <cellStyle name="_Крд_бюдж_10_2006" xfId="18"/>
     <cellStyle name="_Крд_бюдж_11_2006" xfId="19"/>
     <cellStyle name="_Крд_бюдж_12_06" xfId="20"/>
     <cellStyle name="_Лис_бюдж_01_07" xfId="21"/>
     <cellStyle name="_Лист1" xfId="22"/>
@@ -4097,55 +4141,55 @@
     <cellStyle name="Хороший 3" xfId="663"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFCCFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\bg_public\2007%20&#1075;&#1086;&#1076;\4%20&#1082;&#1074;&#1072;&#1088;&#1090;&#1072;&#1083;\10%20&#1086;&#1082;&#1090;&#1103;&#1073;&#1088;&#1100;\Documents%20and%20Settings\Osadchaya\&#1052;&#1086;&#1080;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1099;\Budzhet%202004\reestr\Poltava%2005\&#1088;&#1077;&#1077;&#1089;&#1090;&#1088;%20210503&#1084;.xls" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/bg_public/2007%20&#1075;&#1086;&#1076;/4%20&#1082;&#1074;&#1072;&#1088;&#1090;&#1072;&#1083;/10%20&#1086;&#1082;&#1090;&#1103;&#1073;&#1088;&#1100;/Documents%20and%20Settings/Osadchaya/&#1052;&#1086;&#1080;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1099;/Budzhet%202004/reestr/Poltava%2005/&#1088;&#1077;&#1077;&#1089;&#1090;&#1088;%20210503&#1084;.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Documents%20and%20Settings\Osadchaya\&#1052;&#1086;&#1080;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1099;\Budzhet%202003\Poltava%2012\&#1088;&#1077;&#1077;&#1089;&#1090;&#1088;%20&#1085;&#1077;&#1086;&#1087;&#1083;&#1086;&#1095;&#1077;&#1085;&#1099;&#1093;%20&#1085;&#1072;%20311203.xls" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Documents%20and%20Settings/Osadchaya/&#1052;&#1086;&#1080;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1099;/Budzhet%202003/Poltava%2012/&#1088;&#1077;&#1077;&#1089;&#1090;&#1088;%20&#1085;&#1077;&#1086;&#1087;&#1083;&#1086;&#1095;&#1077;&#1085;&#1099;&#1093;%20&#1085;&#1072;%20311203.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="210503"/>
       <sheetName val="Лист1"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="311203   "/>
       <sheetName val="311203    (2)"/>
       <sheetName val="Лист1"/>
       <sheetName val="311203___"/>
@@ -4359,3441 +4403,4007 @@
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AN61"/>
+  <dimension ref="A1:AN48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="1" ySplit="4" topLeftCell="B17" activePane="bottomRight" state="frozen"/>
-[...2 lines deleted...]
-      <selection pane="bottomRight" activeCell="B5" sqref="B5"/>
+      <pane xSplit="1" topLeftCell="L1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="AO3" sqref="AO3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="7.7109375" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="7.7109375" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="31.42578125" style="25" customWidth="1"/>
-    <col min="2" max="16384" width="7.7109375" style="25"/>
+    <col min="1" max="1" width="31.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:30" ht="18">
+    <row r="1" spans="1:40" ht="18">
       <c r="A1" s="32" t="s">
-        <v>100</v>
-[...41 lines deleted...]
-      <c r="B3" s="33" t="s">
+        <v>103</v>
+      </c>
+      <c r="B1" s="25"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="25"/>
+      <c r="F1" s="25"/>
+      <c r="G1" s="25"/>
+      <c r="H1" s="25"/>
+      <c r="I1" s="25"/>
+      <c r="J1" s="25"/>
+      <c r="K1" s="25"/>
+      <c r="L1" s="25"/>
+      <c r="M1" s="25"/>
+      <c r="N1" s="25"/>
+      <c r="O1" s="25"/>
+      <c r="P1" s="25"/>
+      <c r="Q1" s="25"/>
+      <c r="R1" s="25"/>
+      <c r="S1" s="25"/>
+      <c r="T1" s="25"/>
+      <c r="U1" s="25"/>
+      <c r="V1" s="25"/>
+      <c r="W1" s="25"/>
+      <c r="X1" s="25"/>
+      <c r="Y1" s="25"/>
+      <c r="Z1" s="25"/>
+      <c r="AA1" s="25"/>
+      <c r="AB1" s="25"/>
+      <c r="AC1" s="25"/>
+      <c r="AD1" s="25"/>
+      <c r="AE1" s="25"/>
+      <c r="AF1" s="25"/>
+      <c r="AG1" s="25"/>
+      <c r="AH1" s="25"/>
+      <c r="AI1" s="25"/>
+      <c r="AJ1" s="25"/>
+      <c r="AK1" s="25"/>
+      <c r="AL1" s="25"/>
+      <c r="AM1" s="25"/>
+      <c r="AN1" s="25"/>
+    </row>
+    <row r="2" spans="1:40">
+      <c r="A2" s="30"/>
+      <c r="B2" s="69" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" s="69"/>
+      <c r="D2" s="69"/>
+      <c r="E2" s="69"/>
+      <c r="F2" s="69"/>
+      <c r="G2" s="69"/>
+      <c r="H2" s="69"/>
+      <c r="I2" s="70" t="s">
+        <v>104</v>
+      </c>
+      <c r="J2" s="71"/>
+      <c r="K2" s="71"/>
+      <c r="L2" s="71"/>
+      <c r="M2" s="71"/>
+      <c r="N2" s="71"/>
+      <c r="O2" s="71"/>
+      <c r="P2" s="72"/>
+      <c r="Q2" s="73" t="s">
+        <v>105</v>
+      </c>
+      <c r="R2" s="74"/>
+      <c r="S2" s="74"/>
+      <c r="T2" s="74"/>
+      <c r="U2" s="74"/>
+      <c r="V2" s="74"/>
+      <c r="W2" s="74"/>
+      <c r="X2" s="74"/>
+      <c r="Y2" s="73" t="s">
+        <v>106</v>
+      </c>
+      <c r="Z2" s="74"/>
+      <c r="AA2" s="74"/>
+      <c r="AB2" s="74"/>
+      <c r="AC2" s="74"/>
+      <c r="AD2" s="74"/>
+      <c r="AE2" s="74"/>
+      <c r="AF2" s="74"/>
+      <c r="AG2" s="75" t="s">
+        <v>107</v>
+      </c>
+      <c r="AH2" s="76"/>
+      <c r="AI2" s="76"/>
+      <c r="AJ2" s="76"/>
+      <c r="AK2" s="76"/>
+      <c r="AL2" s="76"/>
+      <c r="AM2" s="76"/>
+      <c r="AN2" s="77"/>
+    </row>
+    <row r="3" spans="1:40">
+      <c r="A3" s="29"/>
+      <c r="B3" s="87" t="s">
         <v>84</v>
       </c>
-      <c r="C3" s="45" t="s">
+      <c r="C3" s="65" t="s">
         <v>85</v>
       </c>
-      <c r="D3" s="46"/>
-[...1 lines deleted...]
-      <c r="F3" s="33" t="s">
+      <c r="D3" s="65"/>
+      <c r="E3" s="65"/>
+      <c r="F3" s="65"/>
+      <c r="G3" s="65"/>
+      <c r="H3" s="65"/>
+      <c r="I3" s="87" t="s">
         <v>84</v>
       </c>
-      <c r="G3" s="45" t="s">
+      <c r="J3" s="78" t="s">
         <v>85</v>
       </c>
-      <c r="H3" s="46"/>
-[...2 lines deleted...]
-      <c r="K3" s="33" t="s">
+      <c r="K3" s="79"/>
+      <c r="L3" s="79"/>
+      <c r="M3" s="79"/>
+      <c r="N3" s="79"/>
+      <c r="O3" s="79"/>
+      <c r="P3" s="80"/>
+      <c r="Q3" s="87" t="s">
         <v>84</v>
       </c>
-      <c r="L3" s="45" t="s">
+      <c r="R3" s="78" t="s">
         <v>85</v>
       </c>
-      <c r="M3" s="46"/>
-[...2 lines deleted...]
-      <c r="P3" s="33" t="s">
+      <c r="S3" s="79"/>
+      <c r="T3" s="79"/>
+      <c r="U3" s="79"/>
+      <c r="V3" s="79"/>
+      <c r="W3" s="79"/>
+      <c r="X3" s="80"/>
+      <c r="Y3" s="87" t="s">
         <v>84</v>
       </c>
-      <c r="Q3" s="45" t="s">
+      <c r="Z3" s="78" t="s">
         <v>85</v>
       </c>
-      <c r="R3" s="46"/>
-[...2 lines deleted...]
-      <c r="U3" s="33" t="s">
+      <c r="AA3" s="79"/>
+      <c r="AB3" s="79"/>
+      <c r="AC3" s="79"/>
+      <c r="AD3" s="79"/>
+      <c r="AE3" s="79"/>
+      <c r="AF3" s="80"/>
+      <c r="AG3" s="87" t="s">
         <v>84</v>
       </c>
-      <c r="V3" s="45" t="s">
+      <c r="AH3" s="78" t="s">
         <v>85</v>
       </c>
-      <c r="W3" s="46"/>
-[...3 lines deleted...]
-    <row r="4" spans="1:30" s="26" customFormat="1" ht="16.5" customHeight="1">
+      <c r="AI3" s="79"/>
+      <c r="AJ3" s="79"/>
+      <c r="AK3" s="79"/>
+      <c r="AL3" s="79"/>
+      <c r="AM3" s="79"/>
+      <c r="AN3" s="80"/>
+    </row>
+    <row r="4" spans="1:40">
       <c r="A4" s="28"/>
-      <c r="B4" s="34"/>
+      <c r="B4" s="88"/>
       <c r="C4" s="35">
         <v>2019</v>
       </c>
       <c r="D4" s="35">
         <v>2020</v>
       </c>
       <c r="E4" s="35">
         <v>2021</v>
       </c>
-      <c r="F4" s="34"/>
-      <c r="G4" s="35">
+      <c r="F4" s="33">
+        <v>2022</v>
+      </c>
+      <c r="G4" s="33">
+        <v>2023</v>
+      </c>
+      <c r="H4" s="33">
+        <v>2024</v>
+      </c>
+      <c r="I4" s="88"/>
+      <c r="J4" s="35">
         <v>2019</v>
       </c>
-      <c r="H4" s="35">
+      <c r="K4" s="35">
         <v>2020</v>
       </c>
-      <c r="I4" s="35">
+      <c r="L4" s="35">
         <v>2021</v>
       </c>
-      <c r="J4" s="34">
+      <c r="M4" s="33">
         <v>2022</v>
       </c>
-      <c r="K4" s="34"/>
-      <c r="L4" s="35">
+      <c r="N4" s="33">
+        <v>2023</v>
+      </c>
+      <c r="O4" s="33">
+        <v>2024</v>
+      </c>
+      <c r="P4" s="33">
+        <v>2025</v>
+      </c>
+      <c r="Q4" s="88"/>
+      <c r="R4" s="35">
         <v>2019</v>
       </c>
-      <c r="M4" s="35">
+      <c r="S4" s="35">
         <v>2020</v>
       </c>
-      <c r="N4" s="35">
+      <c r="T4" s="35">
         <v>2021</v>
       </c>
-      <c r="O4" s="34">
+      <c r="U4" s="33">
         <v>2022</v>
       </c>
-      <c r="P4" s="34"/>
-      <c r="Q4" s="35">
+      <c r="V4" s="33">
+        <v>2023</v>
+      </c>
+      <c r="W4" s="33">
+        <v>2024</v>
+      </c>
+      <c r="X4" s="33">
+        <v>2025</v>
+      </c>
+      <c r="Y4" s="88"/>
+      <c r="Z4" s="35">
         <v>2019</v>
       </c>
-      <c r="R4" s="35">
+      <c r="AA4" s="35">
         <v>2020</v>
       </c>
-      <c r="S4" s="35">
+      <c r="AB4" s="35">
         <v>2021</v>
       </c>
-      <c r="T4" s="34">
+      <c r="AC4" s="33">
         <v>2022</v>
       </c>
-      <c r="U4" s="34"/>
-      <c r="V4" s="35">
+      <c r="AD4" s="33">
+        <v>2023</v>
+      </c>
+      <c r="AE4" s="33">
+        <v>2024</v>
+      </c>
+      <c r="AF4" s="33">
+        <v>2025</v>
+      </c>
+      <c r="AG4" s="88"/>
+      <c r="AH4" s="35">
         <v>2019</v>
       </c>
-      <c r="W4" s="35">
+      <c r="AI4" s="35">
         <v>2020</v>
       </c>
-      <c r="X4" s="35">
+      <c r="AJ4" s="35">
         <v>2021</v>
       </c>
-      <c r="Y4" s="34">
+      <c r="AK4" s="33">
         <v>2022</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="63" t="s">
+      <c r="AL4" s="33">
+        <v>2023</v>
+      </c>
+      <c r="AM4" s="33">
+        <v>2024</v>
+      </c>
+      <c r="AN4" s="33">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="5" spans="1:40">
+      <c r="A5" s="36" t="s">
         <v>78</v>
       </c>
-      <c r="B5" s="64">
-        <f t="shared" ref="B5:Y5" si="0">SUM(B6,B7:B8,B9:B11)</f>
+      <c r="B5" s="37">
+        <f>SUM(B6,B7:B8,B9:B11)</f>
+        <v>315878.37367999996</v>
+      </c>
+      <c r="C5" s="37">
+        <f t="shared" ref="C5:G5" si="0">SUM(C6,C7:C8,C9:C11)</f>
+        <v>346.59189000000003</v>
+      </c>
+      <c r="D5" s="37">
+        <f t="shared" si="0"/>
+        <v>847.0844800000001</v>
+      </c>
+      <c r="E5" s="37">
+        <f t="shared" si="0"/>
+        <v>2070.1998000000003</v>
+      </c>
+      <c r="F5" s="37">
+        <f t="shared" si="0"/>
+        <v>3437.2837</v>
+      </c>
+      <c r="G5" s="37">
+        <f t="shared" si="0"/>
+        <v>5980.9020200000004</v>
+      </c>
+      <c r="H5" s="37">
+        <f>SUM(H6,H7:H8,H9:H11)</f>
+        <v>303196.31179000001</v>
+      </c>
+      <c r="I5" s="37">
+        <f>SUM(I6,I7:I8,I9:I11)</f>
+        <v>324985.51444</v>
+      </c>
+      <c r="J5" s="37">
+        <f t="shared" ref="J5:O5" si="1">SUM(J6,J7:J8,J9:J11)</f>
+        <v>333.55154999999996</v>
+      </c>
+      <c r="K5" s="37">
+        <f t="shared" si="1"/>
+        <v>813.5936099999999</v>
+      </c>
+      <c r="L5" s="37">
+        <f t="shared" si="1"/>
+        <v>1942.1851600000002</v>
+      </c>
+      <c r="M5" s="37">
+        <f t="shared" si="1"/>
+        <v>3155.8015999999998</v>
+      </c>
+      <c r="N5" s="37">
+        <f t="shared" si="1"/>
+        <v>5253.9367000000002</v>
+      </c>
+      <c r="O5" s="37">
+        <f t="shared" si="1"/>
+        <v>15554.85925</v>
+      </c>
+      <c r="P5" s="37">
+        <f t="shared" ref="P5" si="2">SUM(P6,P7:P8,P9:P11)</f>
+        <v>297931.58656999998</v>
+      </c>
+      <c r="Q5" s="37">
+        <f>SUM(Q6,Q7:Q8,Q9:Q11)</f>
+        <v>297591.87927999999</v>
+      </c>
+      <c r="R5" s="37">
+        <f t="shared" ref="R5:X5" si="3">SUM(R6,R7:R8,R9:R11)</f>
+        <v>330</v>
+      </c>
+      <c r="S5" s="37">
+        <f t="shared" si="3"/>
+        <v>769</v>
+      </c>
+      <c r="T5" s="37">
+        <f t="shared" si="3"/>
+        <v>1852.7441800000001</v>
+      </c>
+      <c r="U5" s="37">
+        <f t="shared" si="3"/>
+        <v>2913.1351</v>
+      </c>
+      <c r="V5" s="37">
+        <f t="shared" si="3"/>
+        <v>4815</v>
+      </c>
+      <c r="W5" s="37">
+        <f t="shared" si="3"/>
+        <v>8705</v>
+      </c>
+      <c r="X5" s="37">
+        <f t="shared" si="3"/>
+        <v>278207</v>
+      </c>
+      <c r="Y5" s="37">
+        <f>SUM(Y6,Y7:Y8,Y9:Y11)</f>
+        <v>298075</v>
+      </c>
+      <c r="Z5" s="37">
+        <f t="shared" ref="Z5:AF5" si="4">SUM(Z6,Z7:Z8,Z9:Z11)</f>
+        <v>329</v>
+      </c>
+      <c r="AA5" s="37">
+        <f t="shared" si="4"/>
+        <v>731</v>
+      </c>
+      <c r="AB5" s="37">
+        <f t="shared" si="4"/>
+        <v>1728</v>
+      </c>
+      <c r="AC5" s="37">
+        <f t="shared" si="4"/>
+        <v>2739</v>
+      </c>
+      <c r="AD5" s="37">
+        <f t="shared" si="4"/>
+        <v>4550</v>
+      </c>
+      <c r="AE5" s="37">
+        <f t="shared" si="4"/>
+        <v>6526</v>
+      </c>
+      <c r="AF5" s="37">
+        <f t="shared" si="4"/>
+        <v>281472</v>
+      </c>
+      <c r="AG5" s="37">
+        <f>SUM(AG6,AG7:AG8,AG9:AG11)</f>
+        <v>0</v>
+      </c>
+      <c r="AH5" s="37">
+        <f t="shared" ref="AH5:AN5" si="5">SUM(AH6,AH7:AH8,AH9:AH11)</f>
+        <v>0</v>
+      </c>
+      <c r="AI5" s="37">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="AJ5" s="37">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="AK5" s="37">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="AL5" s="37">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="AM5" s="37">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="AN5" s="37">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:40">
+      <c r="A6" s="39" t="s">
+        <v>89</v>
+      </c>
+      <c r="B6" s="40">
+        <f t="shared" ref="B6:B11" si="6">SUM(C6:H6)</f>
+        <v>1342.8738800000001</v>
+      </c>
+      <c r="C6" s="40"/>
+      <c r="D6" s="40"/>
+      <c r="E6" s="40">
+        <f>1538.68/1000</f>
+        <v>1.53868</v>
+      </c>
+      <c r="F6" s="40">
+        <f>255149.48/1000</f>
+        <v>255.14948000000001</v>
+      </c>
+      <c r="G6" s="41">
+        <v>44</v>
+      </c>
+      <c r="H6" s="41">
+        <v>1042.1857200000002</v>
+      </c>
+      <c r="I6" s="40">
+        <f t="shared" ref="I6:I11" si="7">SUM(J6:P6)</f>
+        <v>1364.6441400000001</v>
+      </c>
+      <c r="J6" s="40"/>
+      <c r="K6" s="40"/>
+      <c r="L6" s="40">
+        <f>1538.68/1000</f>
+        <v>1.53868</v>
+      </c>
+      <c r="M6" s="40">
+        <f>255149.48/1000</f>
+        <v>255.14948000000001</v>
+      </c>
+      <c r="N6" s="41">
+        <v>44</v>
+      </c>
+      <c r="O6" s="41">
+        <f>45640.83/1000</f>
+        <v>45.640830000000001</v>
+      </c>
+      <c r="P6" s="41">
+        <f>1017374.73/1000+940.42/1000</f>
+        <v>1018.31515</v>
+      </c>
+      <c r="Q6" s="40">
+        <f t="shared" ref="Q6:Q11" si="8">SUM(R6:X6)</f>
+        <v>1149.5386800000001</v>
+      </c>
+      <c r="R6" s="40"/>
+      <c r="S6" s="40"/>
+      <c r="T6" s="40">
+        <f>1538.68/1000</f>
+        <v>1.53868</v>
+      </c>
+      <c r="U6" s="40">
+        <v>255</v>
+      </c>
+      <c r="V6" s="41">
+        <v>44</v>
+      </c>
+      <c r="W6" s="41">
+        <v>46</v>
+      </c>
+      <c r="X6" s="41">
+        <f>1150-347</f>
+        <v>803</v>
+      </c>
+      <c r="Y6" s="40">
+        <f t="shared" ref="Y6:Y11" si="9">SUM(Z6:AF6)</f>
+        <v>1209</v>
+      </c>
+      <c r="Z6" s="40"/>
+      <c r="AA6" s="40"/>
+      <c r="AB6" s="40">
+        <v>2</v>
+      </c>
+      <c r="AC6" s="40">
+        <v>255</v>
+      </c>
+      <c r="AD6" s="41">
+        <v>44</v>
+      </c>
+      <c r="AE6" s="41">
+        <v>46</v>
+      </c>
+      <c r="AF6" s="41">
+        <v>862</v>
+      </c>
+      <c r="AG6" s="40">
+        <f t="shared" ref="AG6:AG11" si="10">SUM(AH6:AN6)</f>
+        <v>0</v>
+      </c>
+      <c r="AH6" s="40"/>
+      <c r="AI6" s="40"/>
+      <c r="AJ6" s="40"/>
+      <c r="AK6" s="40"/>
+      <c r="AL6" s="41"/>
+      <c r="AM6" s="41"/>
+      <c r="AN6" s="41"/>
+    </row>
+    <row r="7" spans="1:40">
+      <c r="A7" s="39" t="s">
+        <v>90</v>
+      </c>
+      <c r="B7" s="41">
+        <f t="shared" si="6"/>
+        <v>555.99832000000004</v>
+      </c>
+      <c r="C7" s="41"/>
+      <c r="D7" s="41"/>
+      <c r="E7" s="41"/>
+      <c r="F7" s="41">
+        <f>8795.4/1000</f>
+        <v>8.795399999999999</v>
+      </c>
+      <c r="G7" s="42">
+        <v>0</v>
+      </c>
+      <c r="H7" s="43">
+        <f>547202.92/1000</f>
+        <v>547.20292000000006</v>
+      </c>
+      <c r="I7" s="40">
+        <f t="shared" si="7"/>
+        <v>518.14314000000002</v>
+      </c>
+      <c r="J7" s="41"/>
+      <c r="K7" s="41"/>
+      <c r="L7" s="41"/>
+      <c r="M7" s="41">
+        <f>8795.4/1000</f>
+        <v>8.795399999999999</v>
+      </c>
+      <c r="N7" s="41"/>
+      <c r="O7" s="41"/>
+      <c r="P7" s="41">
+        <f>509347.74/1000</f>
+        <v>509.34773999999999</v>
+      </c>
+      <c r="Q7" s="40">
+        <f t="shared" si="8"/>
+        <v>385.79539999999997</v>
+      </c>
+      <c r="R7" s="41"/>
+      <c r="S7" s="41"/>
+      <c r="T7" s="41"/>
+      <c r="U7" s="41">
+        <v>8.795399999999999</v>
+      </c>
+      <c r="V7" s="42"/>
+      <c r="W7" s="42"/>
+      <c r="X7" s="42">
+        <f>386-9</f>
+        <v>377</v>
+      </c>
+      <c r="Y7" s="40">
+        <f t="shared" si="9"/>
+        <v>590</v>
+      </c>
+      <c r="Z7" s="41"/>
+      <c r="AA7" s="41"/>
+      <c r="AB7" s="41"/>
+      <c r="AC7" s="41">
+        <v>9</v>
+      </c>
+      <c r="AD7" s="42"/>
+      <c r="AE7" s="42"/>
+      <c r="AF7" s="42">
+        <v>581</v>
+      </c>
+      <c r="AG7" s="40">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="AH7" s="41"/>
+      <c r="AI7" s="41"/>
+      <c r="AJ7" s="41"/>
+      <c r="AK7" s="41"/>
+      <c r="AL7" s="42"/>
+      <c r="AM7" s="42"/>
+      <c r="AN7" s="42"/>
+    </row>
+    <row r="8" spans="1:40">
+      <c r="A8" s="39" t="s">
+        <v>91</v>
+      </c>
+      <c r="B8" s="41">
+        <f t="shared" si="6"/>
+        <v>8188.3429500000002</v>
+      </c>
+      <c r="C8" s="41"/>
+      <c r="D8" s="41"/>
+      <c r="E8" s="41"/>
+      <c r="F8" s="41">
+        <f>16339.7/1000</f>
+        <v>16.339700000000001</v>
+      </c>
+      <c r="G8" s="43">
+        <f>228281.1/1000</f>
+        <v>228.28110000000001</v>
+      </c>
+      <c r="H8" s="43">
+        <f>7943722.15/1000</f>
+        <v>7943.7221500000005</v>
+      </c>
+      <c r="I8" s="40">
+        <f t="shared" si="7"/>
+        <v>7935.5315899999996</v>
+      </c>
+      <c r="J8" s="41"/>
+      <c r="K8" s="41"/>
+      <c r="L8" s="41"/>
+      <c r="M8" s="41">
+        <f>16339.7/1000</f>
+        <v>16.339700000000001</v>
+      </c>
+      <c r="N8" s="41">
+        <f>228281.1/1000</f>
+        <v>228.28110000000001</v>
+      </c>
+      <c r="O8" s="41">
+        <f>64392.48/1000</f>
+        <v>64.392480000000006</v>
+      </c>
+      <c r="P8" s="41">
+        <f>7626518.31/1000</f>
+        <v>7626.5183099999995</v>
+      </c>
+      <c r="Q8" s="40">
+        <f t="shared" si="8"/>
+        <v>6682.3397000000004</v>
+      </c>
+      <c r="R8" s="41"/>
+      <c r="S8" s="41"/>
+      <c r="T8" s="41"/>
+      <c r="U8" s="41">
+        <v>16.339700000000001</v>
+      </c>
+      <c r="V8" s="42">
+        <v>228</v>
+      </c>
+      <c r="W8" s="42">
+        <v>64</v>
+      </c>
+      <c r="X8" s="41">
+        <f>6682-308</f>
+        <v>6374</v>
+      </c>
+      <c r="Y8" s="40">
+        <f t="shared" si="9"/>
+        <v>7007</v>
+      </c>
+      <c r="Z8" s="41"/>
+      <c r="AA8" s="41"/>
+      <c r="AB8" s="41"/>
+      <c r="AC8" s="41">
+        <v>16</v>
+      </c>
+      <c r="AD8" s="42">
+        <v>228</v>
+      </c>
+      <c r="AE8" s="42">
+        <v>64</v>
+      </c>
+      <c r="AF8" s="42">
+        <v>6699</v>
+      </c>
+      <c r="AG8" s="40">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="AH8" s="41"/>
+      <c r="AI8" s="41"/>
+      <c r="AJ8" s="41"/>
+      <c r="AK8" s="41"/>
+      <c r="AL8" s="42"/>
+      <c r="AM8" s="42"/>
+      <c r="AN8" s="42"/>
+    </row>
+    <row r="9" spans="1:40" ht="15.75" customHeight="1">
+      <c r="A9" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="B9" s="41">
+        <f t="shared" si="6"/>
+        <v>809.82073000000003</v>
+      </c>
+      <c r="C9" s="41"/>
+      <c r="D9" s="41"/>
+      <c r="E9" s="41"/>
+      <c r="F9" s="41"/>
+      <c r="G9" s="42">
+        <v>0</v>
+      </c>
+      <c r="H9" s="43">
+        <f>(397106.39+412714.34)/1000</f>
+        <v>809.82073000000003</v>
+      </c>
+      <c r="I9" s="40">
+        <f t="shared" si="7"/>
+        <v>7956.0362000000005</v>
+      </c>
+      <c r="J9" s="41"/>
+      <c r="K9" s="41"/>
+      <c r="L9" s="41"/>
+      <c r="M9" s="41"/>
+      <c r="N9" s="41"/>
+      <c r="O9" s="41">
+        <f>97.41/1000</f>
+        <v>9.7409999999999997E-2</v>
+      </c>
+      <c r="P9" s="41">
+        <f>7955938.79/1000</f>
+        <v>7955.9387900000002</v>
+      </c>
+      <c r="Q9" s="40">
+        <f t="shared" si="8"/>
+        <v>4082</v>
+      </c>
+      <c r="R9" s="41"/>
+      <c r="S9" s="41"/>
+      <c r="T9" s="41"/>
+      <c r="U9" s="41"/>
+      <c r="V9" s="42"/>
+      <c r="W9" s="42"/>
+      <c r="X9" s="41">
+        <v>4082</v>
+      </c>
+      <c r="Y9" s="40">
+        <f t="shared" si="9"/>
+        <v>4238</v>
+      </c>
+      <c r="Z9" s="41"/>
+      <c r="AA9" s="41"/>
+      <c r="AB9" s="41"/>
+      <c r="AC9" s="41"/>
+      <c r="AD9" s="42"/>
+      <c r="AE9" s="42"/>
+      <c r="AF9" s="42">
+        <v>4238</v>
+      </c>
+      <c r="AG9" s="40">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="AH9" s="41"/>
+      <c r="AI9" s="41"/>
+      <c r="AJ9" s="41"/>
+      <c r="AK9" s="41"/>
+      <c r="AL9" s="42"/>
+      <c r="AM9" s="42"/>
+      <c r="AN9" s="42"/>
+    </row>
+    <row r="10" spans="1:40">
+      <c r="A10" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" s="41">
+        <f t="shared" si="6"/>
+        <v>271235.29819</v>
+      </c>
+      <c r="C10" s="41">
+        <f>346591.89/1000</f>
+        <v>346.59189000000003</v>
+      </c>
+      <c r="D10" s="41">
+        <v>847.0844800000001</v>
+      </c>
+      <c r="E10" s="41">
+        <f>1864455.62/1000</f>
+        <v>1864.4556200000002</v>
+      </c>
+      <c r="F10" s="41">
+        <f>2687392.32/1000</f>
+        <v>2687.3923199999999</v>
+      </c>
+      <c r="G10" s="41">
+        <f>5564522.72/1000</f>
+        <v>5564.5227199999999</v>
+      </c>
+      <c r="H10" s="41">
+        <v>259925.25116000001</v>
+      </c>
+      <c r="I10" s="40">
+        <f t="shared" si="7"/>
+        <v>271701.00430999999</v>
+      </c>
+      <c r="J10" s="41">
+        <f>333551.55/1000</f>
+        <v>333.55154999999996</v>
+      </c>
+      <c r="K10" s="41">
+        <f>1147145.16/1000-J10</f>
+        <v>813.5936099999999</v>
+      </c>
+      <c r="L10" s="41">
+        <f>1736440.98/1000</f>
+        <v>1736.4409800000001</v>
+      </c>
+      <c r="M10" s="41">
+        <f>2434732.09/1000</f>
+        <v>2434.73209</v>
+      </c>
+      <c r="N10" s="41">
+        <f>4904195.13/1000</f>
+        <v>4904.1951300000001</v>
+      </c>
+      <c r="O10" s="41">
+        <f>14053427.85/1000</f>
+        <v>14053.42785</v>
+      </c>
+      <c r="P10" s="41">
+        <f>247425063.1/1000</f>
+        <v>247425.0631</v>
+      </c>
+      <c r="Q10" s="40">
+        <f t="shared" si="8"/>
+        <v>252303</v>
+      </c>
+      <c r="R10" s="41">
+        <v>330</v>
+      </c>
+      <c r="S10" s="41">
+        <v>769</v>
+      </c>
+      <c r="T10" s="41">
+        <v>1647</v>
+      </c>
+      <c r="U10" s="41">
+        <v>2256</v>
+      </c>
+      <c r="V10" s="41">
+        <v>4466</v>
+      </c>
+      <c r="W10" s="41">
+        <v>7344</v>
+      </c>
+      <c r="X10" s="41">
+        <f>252303-16812</f>
+        <v>235491</v>
+      </c>
+      <c r="Y10" s="40">
+        <f t="shared" si="9"/>
+        <v>251057</v>
+      </c>
+      <c r="Z10" s="41">
+        <v>329</v>
+      </c>
+      <c r="AA10" s="41">
+        <v>731</v>
+      </c>
+      <c r="AB10" s="41">
+        <v>1522</v>
+      </c>
+      <c r="AC10" s="41">
+        <v>2102</v>
+      </c>
+      <c r="AD10" s="41">
+        <v>4201</v>
+      </c>
+      <c r="AE10" s="41">
+        <v>5840</v>
+      </c>
+      <c r="AF10" s="41">
+        <v>236332</v>
+      </c>
+      <c r="AG10" s="40">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="AH10" s="41"/>
+      <c r="AI10" s="41"/>
+      <c r="AJ10" s="41"/>
+      <c r="AK10" s="41"/>
+      <c r="AL10" s="41"/>
+      <c r="AM10" s="41"/>
+      <c r="AN10" s="41"/>
+    </row>
+    <row r="11" spans="1:40">
+      <c r="A11" s="39" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" s="41">
+        <f t="shared" si="6"/>
+        <v>33746.03961</v>
+      </c>
+      <c r="C11" s="41"/>
+      <c r="D11" s="41"/>
+      <c r="E11" s="41">
+        <f>204205.5/1000</f>
+        <v>204.2055</v>
+      </c>
+      <c r="F11" s="41">
+        <f>469606.8/1000</f>
+        <v>469.60679999999996</v>
+      </c>
+      <c r="G11" s="43">
+        <f>144098.2/1000</f>
+        <v>144.09820000000002</v>
+      </c>
+      <c r="H11" s="43">
+        <f>32922795.05/1000+5334.06/1000</f>
+        <v>32928.129110000002</v>
+      </c>
+      <c r="I11" s="40">
+        <f t="shared" si="7"/>
+        <v>35510.155059999997</v>
+      </c>
+      <c r="J11" s="41"/>
+      <c r="K11" s="41"/>
+      <c r="L11" s="41">
+        <f>204205.5/1000</f>
+        <v>204.2055</v>
+      </c>
+      <c r="M11" s="41">
+        <f>440784.93/1000</f>
+        <v>440.78492999999997</v>
+      </c>
+      <c r="N11" s="41">
+        <f>77460.47/1000</f>
+        <v>77.460470000000001</v>
+      </c>
+      <c r="O11" s="41">
+        <f>1391300.68/1000</f>
+        <v>1391.3006799999998</v>
+      </c>
+      <c r="P11" s="41">
+        <f>33396403.48/1000</f>
+        <v>33396.403480000001</v>
+      </c>
+      <c r="Q11" s="40">
+        <f t="shared" si="8"/>
+        <v>32989.205499999996</v>
+      </c>
+      <c r="R11" s="41"/>
+      <c r="S11" s="41"/>
+      <c r="T11" s="41">
+        <v>204.2055</v>
+      </c>
+      <c r="U11" s="41">
+        <v>377</v>
+      </c>
+      <c r="V11" s="42">
+        <v>77</v>
+      </c>
+      <c r="W11" s="41">
+        <v>1251</v>
+      </c>
+      <c r="X11" s="41">
+        <f>297592-266512</f>
+        <v>31080</v>
+      </c>
+      <c r="Y11" s="40">
+        <f t="shared" si="9"/>
+        <v>33974</v>
+      </c>
+      <c r="Z11" s="41"/>
+      <c r="AA11" s="41"/>
+      <c r="AB11" s="41">
+        <v>204</v>
+      </c>
+      <c r="AC11" s="41">
+        <v>357</v>
+      </c>
+      <c r="AD11" s="42">
+        <v>77</v>
+      </c>
+      <c r="AE11" s="42">
+        <v>576</v>
+      </c>
+      <c r="AF11" s="42">
+        <v>32760</v>
+      </c>
+      <c r="AG11" s="40">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="AH11" s="41"/>
+      <c r="AI11" s="41"/>
+      <c r="AJ11" s="41"/>
+      <c r="AK11" s="41"/>
+      <c r="AL11" s="42"/>
+      <c r="AM11" s="42"/>
+      <c r="AN11" s="42"/>
+    </row>
+    <row r="12" spans="1:40">
+      <c r="A12" s="38"/>
+      <c r="B12" s="38"/>
+      <c r="C12" s="38"/>
+      <c r="D12" s="38"/>
+      <c r="E12" s="38"/>
+      <c r="F12" s="38"/>
+      <c r="G12" s="38"/>
+      <c r="H12" s="45"/>
+      <c r="I12" s="45"/>
+      <c r="J12" s="45"/>
+      <c r="K12" s="45"/>
+      <c r="L12" s="46"/>
+      <c r="M12" s="46"/>
+      <c r="N12" s="46"/>
+      <c r="O12" s="46"/>
+      <c r="P12" s="46"/>
+      <c r="Q12" s="45"/>
+      <c r="R12" s="45"/>
+      <c r="S12" s="45"/>
+      <c r="T12" s="45"/>
+      <c r="U12" s="45"/>
+      <c r="V12" s="45"/>
+      <c r="W12" s="45"/>
+      <c r="X12" s="45"/>
+      <c r="Y12" s="45"/>
+      <c r="Z12" s="45"/>
+      <c r="AA12" s="45"/>
+      <c r="AB12" s="45"/>
+      <c r="AC12" s="45"/>
+      <c r="AD12" s="45"/>
+      <c r="AE12" s="45"/>
+      <c r="AF12" s="45"/>
+      <c r="AG12" s="38"/>
+      <c r="AH12" s="38"/>
+      <c r="AI12" s="38"/>
+      <c r="AJ12" s="38"/>
+      <c r="AK12" s="38"/>
+      <c r="AL12" s="38"/>
+      <c r="AM12" s="38"/>
+      <c r="AN12" s="38"/>
+    </row>
+    <row r="13" spans="1:40" ht="18">
+      <c r="A13" s="51" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" s="38"/>
+      <c r="C13" s="38"/>
+      <c r="D13" s="38"/>
+      <c r="E13" s="38"/>
+      <c r="F13" s="38"/>
+      <c r="G13" s="38"/>
+      <c r="H13" s="38"/>
+      <c r="I13" s="38"/>
+      <c r="J13" s="38"/>
+      <c r="K13" s="38"/>
+      <c r="L13" s="38"/>
+      <c r="M13" s="38"/>
+      <c r="N13" s="38"/>
+      <c r="O13" s="38"/>
+      <c r="P13" s="38"/>
+      <c r="Q13" s="38"/>
+      <c r="R13" s="38"/>
+      <c r="S13" s="38"/>
+      <c r="T13" s="38"/>
+      <c r="U13" s="38"/>
+      <c r="V13" s="38"/>
+      <c r="W13" s="38"/>
+      <c r="X13" s="38"/>
+      <c r="Y13" s="38"/>
+      <c r="Z13" s="38"/>
+      <c r="AA13" s="38"/>
+      <c r="AB13" s="38"/>
+      <c r="AC13" s="38"/>
+      <c r="AD13" s="38"/>
+      <c r="AE13" s="38"/>
+      <c r="AF13" s="38"/>
+      <c r="AG13" s="38"/>
+      <c r="AH13" s="38"/>
+      <c r="AI13" s="38"/>
+      <c r="AJ13" s="38"/>
+      <c r="AK13" s="38"/>
+      <c r="AL13" s="38"/>
+      <c r="AM13" s="38"/>
+      <c r="AN13" s="38"/>
+    </row>
+    <row r="14" spans="1:40">
+      <c r="A14" s="30"/>
+      <c r="B14" s="66" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" s="67"/>
+      <c r="D14" s="67"/>
+      <c r="E14" s="67"/>
+      <c r="F14" s="67"/>
+      <c r="G14" s="68"/>
+      <c r="H14" s="69" t="s">
+        <v>96</v>
+      </c>
+      <c r="I14" s="69"/>
+      <c r="J14" s="69"/>
+      <c r="K14" s="69"/>
+      <c r="L14" s="69"/>
+      <c r="M14" s="69"/>
+      <c r="N14" s="69"/>
+      <c r="O14" s="69" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" s="69"/>
+      <c r="Q14" s="69"/>
+      <c r="R14" s="69"/>
+      <c r="S14" s="69"/>
+      <c r="T14" s="69"/>
+      <c r="U14" s="69"/>
+      <c r="V14" s="69" t="s">
+        <v>98</v>
+      </c>
+      <c r="W14" s="69"/>
+      <c r="X14" s="69"/>
+      <c r="Y14" s="69"/>
+      <c r="Z14" s="69"/>
+      <c r="AA14" s="69"/>
+      <c r="AB14" s="69"/>
+      <c r="AC14" s="69" t="s">
+        <v>99</v>
+      </c>
+      <c r="AD14" s="69"/>
+      <c r="AE14" s="69"/>
+      <c r="AF14" s="69"/>
+      <c r="AG14" s="69"/>
+      <c r="AH14" s="69"/>
+      <c r="AI14" s="69"/>
+      <c r="AJ14" s="25"/>
+      <c r="AK14" s="25"/>
+      <c r="AL14" s="25"/>
+      <c r="AM14" s="25"/>
+      <c r="AN14" s="25"/>
+    </row>
+    <row r="15" spans="1:40">
+      <c r="A15" s="29"/>
+      <c r="B15" s="87" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" s="62" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" s="63"/>
+      <c r="E15" s="63"/>
+      <c r="F15" s="63"/>
+      <c r="G15" s="64"/>
+      <c r="H15" s="87" t="s">
+        <v>84</v>
+      </c>
+      <c r="I15" s="65" t="s">
+        <v>85</v>
+      </c>
+      <c r="J15" s="65"/>
+      <c r="K15" s="65"/>
+      <c r="L15" s="65"/>
+      <c r="M15" s="65"/>
+      <c r="N15" s="65"/>
+      <c r="O15" s="87" t="s">
+        <v>84</v>
+      </c>
+      <c r="P15" s="65" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q15" s="65"/>
+      <c r="R15" s="65"/>
+      <c r="S15" s="65"/>
+      <c r="T15" s="65"/>
+      <c r="U15" s="65"/>
+      <c r="V15" s="87" t="s">
+        <v>84</v>
+      </c>
+      <c r="W15" s="65" t="s">
+        <v>85</v>
+      </c>
+      <c r="X15" s="65"/>
+      <c r="Y15" s="65"/>
+      <c r="Z15" s="65"/>
+      <c r="AA15" s="65"/>
+      <c r="AB15" s="65"/>
+      <c r="AC15" s="87" t="s">
+        <v>84</v>
+      </c>
+      <c r="AD15" s="65" t="s">
+        <v>85</v>
+      </c>
+      <c r="AE15" s="65"/>
+      <c r="AF15" s="65"/>
+      <c r="AG15" s="65"/>
+      <c r="AH15" s="65"/>
+      <c r="AI15" s="65"/>
+      <c r="AJ15" s="25"/>
+      <c r="AK15" s="25"/>
+      <c r="AL15" s="25"/>
+      <c r="AM15" s="25"/>
+      <c r="AN15" s="25"/>
+    </row>
+    <row r="16" spans="1:40">
+      <c r="A16" s="28"/>
+      <c r="B16" s="88"/>
+      <c r="C16" s="34">
+        <v>2019</v>
+      </c>
+      <c r="D16" s="34">
+        <v>2020</v>
+      </c>
+      <c r="E16" s="34">
+        <v>2021</v>
+      </c>
+      <c r="F16" s="33">
+        <v>2022</v>
+      </c>
+      <c r="G16" s="33">
+        <v>2023</v>
+      </c>
+      <c r="H16" s="88"/>
+      <c r="I16" s="35">
+        <v>2019</v>
+      </c>
+      <c r="J16" s="35">
+        <v>2020</v>
+      </c>
+      <c r="K16" s="35">
+        <v>2021</v>
+      </c>
+      <c r="L16" s="33">
+        <v>2022</v>
+      </c>
+      <c r="M16" s="33">
+        <v>2023</v>
+      </c>
+      <c r="N16" s="33">
+        <v>2024</v>
+      </c>
+      <c r="O16" s="88"/>
+      <c r="P16" s="35">
+        <v>2019</v>
+      </c>
+      <c r="Q16" s="35">
+        <v>2020</v>
+      </c>
+      <c r="R16" s="35">
+        <v>2021</v>
+      </c>
+      <c r="S16" s="33">
+        <v>2022</v>
+      </c>
+      <c r="T16" s="33">
+        <v>2023</v>
+      </c>
+      <c r="U16" s="33">
+        <v>2024</v>
+      </c>
+      <c r="V16" s="88"/>
+      <c r="W16" s="35">
+        <v>2019</v>
+      </c>
+      <c r="X16" s="35">
+        <v>2020</v>
+      </c>
+      <c r="Y16" s="35">
+        <v>2021</v>
+      </c>
+      <c r="Z16" s="33">
+        <v>2022</v>
+      </c>
+      <c r="AA16" s="33">
+        <v>2023</v>
+      </c>
+      <c r="AB16" s="33">
+        <v>2024</v>
+      </c>
+      <c r="AC16" s="88"/>
+      <c r="AD16" s="35">
+        <v>2019</v>
+      </c>
+      <c r="AE16" s="35">
+        <v>2020</v>
+      </c>
+      <c r="AF16" s="35">
+        <v>2021</v>
+      </c>
+      <c r="AG16" s="33">
+        <v>2022</v>
+      </c>
+      <c r="AH16" s="33">
+        <v>2023</v>
+      </c>
+      <c r="AI16" s="33">
+        <v>2024</v>
+      </c>
+      <c r="AJ16" s="25"/>
+      <c r="AK16" s="25"/>
+      <c r="AL16" s="25"/>
+      <c r="AM16" s="25"/>
+      <c r="AN16" s="25"/>
+    </row>
+    <row r="17" spans="1:40">
+      <c r="A17" s="36" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" s="37">
+        <f>SUM(B18,B19:B20,B21:B23)</f>
+        <v>266975</v>
+      </c>
+      <c r="C17" s="37">
+        <f>SUM(C18,C19:C20,C21:C23)</f>
+        <v>476</v>
+      </c>
+      <c r="D17" s="37">
+        <f>SUM(D18,D19:D20,D21:D23)</f>
+        <v>1169</v>
+      </c>
+      <c r="E17" s="37">
+        <f>SUM(E18,E19:E20,E21:E23)</f>
+        <v>3114</v>
+      </c>
+      <c r="F17" s="37">
+        <f t="shared" ref="F17:G17" si="11">SUM(F18,F19:F20,F21:F23)</f>
+        <v>7372</v>
+      </c>
+      <c r="G17" s="37">
+        <f t="shared" si="11"/>
+        <v>254844</v>
+      </c>
+      <c r="H17" s="37">
+        <f t="shared" ref="H17:N17" si="12">SUM(H18,H19:H20,H21:H23)</f>
+        <v>235373</v>
+      </c>
+      <c r="I17" s="37">
+        <f t="shared" si="12"/>
+        <v>408</v>
+      </c>
+      <c r="J17" s="37">
+        <f t="shared" si="12"/>
+        <v>1040</v>
+      </c>
+      <c r="K17" s="37">
+        <f t="shared" si="12"/>
+        <v>2569</v>
+      </c>
+      <c r="L17" s="37">
+        <f t="shared" si="12"/>
+        <v>4805</v>
+      </c>
+      <c r="M17" s="37">
+        <f t="shared" si="12"/>
+        <v>17470</v>
+      </c>
+      <c r="N17" s="37">
+        <f t="shared" si="12"/>
+        <v>209081</v>
+      </c>
+      <c r="O17" s="37">
+        <f t="shared" ref="O17:T17" si="13">SUM(O18,O19:O20,O21:O23)</f>
+        <v>270657</v>
+      </c>
+      <c r="P17" s="37">
+        <f t="shared" si="13"/>
+        <v>370</v>
+      </c>
+      <c r="Q17" s="37">
+        <f t="shared" si="13"/>
+        <v>926</v>
+      </c>
+      <c r="R17" s="37">
+        <f t="shared" si="13"/>
+        <v>2392</v>
+      </c>
+      <c r="S17" s="37">
+        <f t="shared" si="13"/>
+        <v>4069</v>
+      </c>
+      <c r="T17" s="37">
+        <f t="shared" si="13"/>
+        <v>9066</v>
+      </c>
+      <c r="U17" s="37">
+        <f>SUM(U18,U19:U20,U21:U23)</f>
+        <v>253834</v>
+      </c>
+      <c r="V17" s="37">
+        <f>SUM(V18,V19:V20,V21:V23)</f>
+        <v>304067</v>
+      </c>
+      <c r="W17" s="37">
+        <f t="shared" ref="W17:AA17" si="14">SUM(W18,W19:W20,W21:W23)</f>
+        <v>356</v>
+      </c>
+      <c r="X17" s="37">
+        <f t="shared" si="14"/>
+        <v>868</v>
+      </c>
+      <c r="Y17" s="37">
+        <f t="shared" si="14"/>
+        <v>2212</v>
+      </c>
+      <c r="Z17" s="37">
+        <f t="shared" si="14"/>
+        <v>3698</v>
+      </c>
+      <c r="AA17" s="37">
+        <f t="shared" si="14"/>
+        <v>7074</v>
+      </c>
+      <c r="AB17" s="37">
+        <f>SUM(AB18,AB19:AB20,AB21:AB23)</f>
+        <v>289859</v>
+      </c>
+      <c r="AC17" s="37">
+        <f>SUM(AC18,AC19:AC20,AC21:AC23)</f>
+        <v>315878.37367999996</v>
+      </c>
+      <c r="AD17" s="37">
+        <f t="shared" ref="AD17:AH17" si="15">SUM(AD18,AD19:AD20,AD21:AD23)</f>
+        <v>346.59189000000003</v>
+      </c>
+      <c r="AE17" s="37">
+        <f t="shared" si="15"/>
+        <v>847.0844800000001</v>
+      </c>
+      <c r="AF17" s="37">
+        <f t="shared" si="15"/>
+        <v>2070.1998000000003</v>
+      </c>
+      <c r="AG17" s="37">
+        <f t="shared" si="15"/>
+        <v>3437.2837</v>
+      </c>
+      <c r="AH17" s="37">
+        <f t="shared" si="15"/>
+        <v>5980.9020200000004</v>
+      </c>
+      <c r="AI17" s="37">
+        <f>SUM(AI18,AI19:AI20,AI21:AI23)</f>
+        <v>303196.31179000001</v>
+      </c>
+      <c r="AJ17" s="38"/>
+      <c r="AK17" s="38"/>
+      <c r="AL17" s="38"/>
+      <c r="AM17" s="38"/>
+      <c r="AN17" s="38"/>
+    </row>
+    <row r="18" spans="1:40">
+      <c r="A18" s="39" t="s">
+        <v>89</v>
+      </c>
+      <c r="B18" s="40">
+        <f>SUM(C18:G18)</f>
+        <v>1628</v>
+      </c>
+      <c r="C18" s="40"/>
+      <c r="D18" s="40"/>
+      <c r="E18" s="40">
+        <v>2</v>
+      </c>
+      <c r="F18" s="40">
+        <v>255</v>
+      </c>
+      <c r="G18" s="41">
+        <v>1371</v>
+      </c>
+      <c r="H18" s="40">
+        <f t="shared" ref="H18:H23" si="16">SUM(I18:N18)</f>
+        <v>1147</v>
+      </c>
+      <c r="I18" s="40"/>
+      <c r="J18" s="40"/>
+      <c r="K18" s="40">
+        <v>2</v>
+      </c>
+      <c r="L18" s="40">
+        <v>255</v>
+      </c>
+      <c r="M18" s="41">
+        <v>44</v>
+      </c>
+      <c r="N18" s="41">
+        <v>846</v>
+      </c>
+      <c r="O18" s="40">
+        <f t="shared" ref="O18:O23" si="17">SUM(P18:U18)</f>
+        <v>921</v>
+      </c>
+      <c r="P18" s="40"/>
+      <c r="Q18" s="40"/>
+      <c r="R18" s="40">
+        <v>2</v>
+      </c>
+      <c r="S18" s="40">
+        <v>255</v>
+      </c>
+      <c r="T18" s="41">
+        <v>44</v>
+      </c>
+      <c r="U18" s="41">
+        <v>620</v>
+      </c>
+      <c r="V18" s="40">
+        <f>SUM(W18:AB18)</f>
+        <v>1124</v>
+      </c>
+      <c r="W18" s="40"/>
+      <c r="X18" s="40"/>
+      <c r="Y18" s="40">
+        <v>2</v>
+      </c>
+      <c r="Z18" s="40">
+        <v>255</v>
+      </c>
+      <c r="AA18" s="41">
+        <v>44</v>
+      </c>
+      <c r="AB18" s="41">
+        <v>823</v>
+      </c>
+      <c r="AC18" s="40">
+        <f>SUM(AD18:AI18)</f>
+        <v>1342.8738800000001</v>
+      </c>
+      <c r="AD18" s="40"/>
+      <c r="AE18" s="40"/>
+      <c r="AF18" s="40">
+        <f>1538.68/1000</f>
+        <v>1.53868</v>
+      </c>
+      <c r="AG18" s="40">
+        <f>255149.48/1000</f>
+        <v>255.14948000000001</v>
+      </c>
+      <c r="AH18" s="41">
+        <v>44</v>
+      </c>
+      <c r="AI18" s="41">
+        <v>1042.1857200000002</v>
+      </c>
+      <c r="AJ18" s="38"/>
+      <c r="AK18" s="38"/>
+      <c r="AL18" s="38"/>
+      <c r="AM18" s="38"/>
+      <c r="AN18" s="38"/>
+    </row>
+    <row r="19" spans="1:40">
+      <c r="A19" s="39" t="s">
+        <v>90</v>
+      </c>
+      <c r="B19" s="41">
+        <f t="shared" ref="B19:B21" si="18">SUM(C19:G19)</f>
+        <v>894</v>
+      </c>
+      <c r="C19" s="41"/>
+      <c r="D19" s="41"/>
+      <c r="E19" s="41"/>
+      <c r="F19" s="41">
+        <v>9</v>
+      </c>
+      <c r="G19" s="42">
+        <v>885</v>
+      </c>
+      <c r="H19" s="41">
+        <f t="shared" si="16"/>
+        <v>615</v>
+      </c>
+      <c r="I19" s="41"/>
+      <c r="J19" s="41"/>
+      <c r="K19" s="41"/>
+      <c r="L19" s="41">
+        <v>9</v>
+      </c>
+      <c r="M19" s="42">
+        <v>22</v>
+      </c>
+      <c r="N19" s="42">
+        <v>584</v>
+      </c>
+      <c r="O19" s="41">
+        <f t="shared" si="17"/>
+        <v>391</v>
+      </c>
+      <c r="P19" s="41"/>
+      <c r="Q19" s="41"/>
+      <c r="R19" s="41"/>
+      <c r="S19" s="41">
+        <v>9</v>
+      </c>
+      <c r="T19" s="42">
+        <v>22</v>
+      </c>
+      <c r="U19" s="42">
+        <v>360</v>
+      </c>
+      <c r="V19" s="41">
+        <f t="shared" ref="V19:V23" si="19">SUM(W19:AB19)</f>
+        <v>649</v>
+      </c>
+      <c r="W19" s="41"/>
+      <c r="X19" s="41"/>
+      <c r="Y19" s="41"/>
+      <c r="Z19" s="41">
+        <v>9</v>
+      </c>
+      <c r="AA19" s="42">
+        <v>0</v>
+      </c>
+      <c r="AB19" s="42">
+        <v>640</v>
+      </c>
+      <c r="AC19" s="41">
+        <f>SUM(AD19:AI19)</f>
+        <v>555.99832000000004</v>
+      </c>
+      <c r="AD19" s="41"/>
+      <c r="AE19" s="41"/>
+      <c r="AF19" s="41"/>
+      <c r="AG19" s="41">
+        <f>8795.4/1000</f>
+        <v>8.795399999999999</v>
+      </c>
+      <c r="AH19" s="42">
+        <v>0</v>
+      </c>
+      <c r="AI19" s="43">
+        <f>547202.92/1000</f>
+        <v>547.20292000000006</v>
+      </c>
+      <c r="AJ19" s="38"/>
+      <c r="AK19" s="38"/>
+      <c r="AL19" s="38"/>
+      <c r="AM19" s="38"/>
+      <c r="AN19" s="38"/>
+    </row>
+    <row r="20" spans="1:40">
+      <c r="A20" s="39" t="s">
+        <v>91</v>
+      </c>
+      <c r="B20" s="41">
+        <f t="shared" si="18"/>
+        <v>5565</v>
+      </c>
+      <c r="C20" s="41"/>
+      <c r="D20" s="41"/>
+      <c r="E20" s="41"/>
+      <c r="F20" s="41">
+        <v>110</v>
+      </c>
+      <c r="G20" s="42">
+        <v>5455</v>
+      </c>
+      <c r="H20" s="41">
+        <f t="shared" si="16"/>
+        <v>5868</v>
+      </c>
+      <c r="I20" s="41"/>
+      <c r="J20" s="41"/>
+      <c r="K20" s="41"/>
+      <c r="L20" s="41">
+        <v>109</v>
+      </c>
+      <c r="M20" s="42">
+        <v>228</v>
+      </c>
+      <c r="N20" s="42">
+        <v>5531</v>
+      </c>
+      <c r="O20" s="41">
+        <f t="shared" si="17"/>
+        <v>5525</v>
+      </c>
+      <c r="P20" s="41"/>
+      <c r="Q20" s="41"/>
+      <c r="R20" s="41"/>
+      <c r="S20" s="41">
+        <v>39</v>
+      </c>
+      <c r="T20" s="42">
+        <v>228</v>
+      </c>
+      <c r="U20" s="42">
+        <f>5525-267</f>
+        <v>5258</v>
+      </c>
+      <c r="V20" s="41">
+        <f t="shared" si="19"/>
+        <v>6349</v>
+      </c>
+      <c r="W20" s="41"/>
+      <c r="X20" s="41"/>
+      <c r="Y20" s="41"/>
+      <c r="Z20" s="41">
+        <v>16</v>
+      </c>
+      <c r="AA20" s="42">
+        <v>228</v>
+      </c>
+      <c r="AB20" s="42">
+        <v>6105</v>
+      </c>
+      <c r="AC20" s="41">
+        <f t="shared" ref="AC20:AC23" si="20">SUM(AD20:AI20)</f>
+        <v>8188.3429500000002</v>
+      </c>
+      <c r="AD20" s="41"/>
+      <c r="AE20" s="41"/>
+      <c r="AF20" s="41"/>
+      <c r="AG20" s="41">
+        <f>16339.7/1000</f>
+        <v>16.339700000000001</v>
+      </c>
+      <c r="AH20" s="43">
+        <f>228281.1/1000</f>
+        <v>228.28110000000001</v>
+      </c>
+      <c r="AI20" s="43">
+        <f>7943722.15/1000</f>
+        <v>7943.7221500000005</v>
+      </c>
+      <c r="AJ20" s="38"/>
+      <c r="AK20" s="38"/>
+      <c r="AL20" s="38"/>
+      <c r="AM20" s="38"/>
+      <c r="AN20" s="38"/>
+    </row>
+    <row r="21" spans="1:40" ht="15.75" customHeight="1">
+      <c r="A21" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="B21" s="41">
+        <f t="shared" si="18"/>
+        <v>270</v>
+      </c>
+      <c r="C21" s="41"/>
+      <c r="D21" s="41"/>
+      <c r="E21" s="41"/>
+      <c r="F21" s="41"/>
+      <c r="G21" s="42">
+        <v>270</v>
+      </c>
+      <c r="H21" s="41">
+        <f t="shared" si="16"/>
+        <v>6213</v>
+      </c>
+      <c r="I21" s="41"/>
+      <c r="J21" s="41"/>
+      <c r="K21" s="41"/>
+      <c r="L21" s="41"/>
+      <c r="M21" s="42">
+        <v>9</v>
+      </c>
+      <c r="N21" s="42">
+        <v>6204</v>
+      </c>
+      <c r="O21" s="41">
+        <f t="shared" si="17"/>
+        <v>3405</v>
+      </c>
+      <c r="P21" s="41"/>
+      <c r="Q21" s="41"/>
+      <c r="R21" s="41"/>
+      <c r="S21" s="41"/>
+      <c r="T21" s="42"/>
+      <c r="U21" s="42">
+        <v>3405</v>
+      </c>
+      <c r="V21" s="41">
+        <f t="shared" si="19"/>
+        <v>4996</v>
+      </c>
+      <c r="W21" s="41"/>
+      <c r="X21" s="41"/>
+      <c r="Y21" s="41"/>
+      <c r="Z21" s="41"/>
+      <c r="AA21" s="42">
+        <v>0</v>
+      </c>
+      <c r="AB21" s="42">
+        <v>4996</v>
+      </c>
+      <c r="AC21" s="41">
+        <f t="shared" si="20"/>
+        <v>809.82073000000003</v>
+      </c>
+      <c r="AD21" s="41"/>
+      <c r="AE21" s="41"/>
+      <c r="AF21" s="41"/>
+      <c r="AG21" s="41"/>
+      <c r="AH21" s="42">
+        <v>0</v>
+      </c>
+      <c r="AI21" s="43">
+        <f>(397106.39+412714.34)/1000</f>
+        <v>809.82073000000003</v>
+      </c>
+      <c r="AJ21" s="38"/>
+      <c r="AK21" s="38"/>
+      <c r="AL21" s="38"/>
+      <c r="AM21" s="38"/>
+      <c r="AN21" s="38"/>
+    </row>
+    <row r="22" spans="1:40">
+      <c r="A22" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" s="41">
+        <f>SUM(C22:G22)</f>
+        <v>233464</v>
+      </c>
+      <c r="C22" s="41">
+        <v>476</v>
+      </c>
+      <c r="D22" s="41">
+        <v>1169</v>
+      </c>
+      <c r="E22" s="41">
+        <v>2893</v>
+      </c>
+      <c r="F22" s="41">
+        <v>6474</v>
+      </c>
+      <c r="G22" s="41">
+        <v>222452</v>
+      </c>
+      <c r="H22" s="41">
+        <f t="shared" si="16"/>
+        <v>198432</v>
+      </c>
+      <c r="I22" s="41">
+        <v>408</v>
+      </c>
+      <c r="J22" s="41">
+        <v>1040</v>
+      </c>
+      <c r="K22" s="41">
+        <v>2348</v>
+      </c>
+      <c r="L22" s="41">
+        <v>3908</v>
+      </c>
+      <c r="M22" s="41">
+        <v>16834</v>
+      </c>
+      <c r="N22" s="41">
+        <v>173894</v>
+      </c>
+      <c r="O22" s="41">
+        <f t="shared" si="17"/>
+        <v>236337</v>
+      </c>
+      <c r="P22" s="41">
+        <v>370</v>
+      </c>
+      <c r="Q22" s="41">
+        <v>926</v>
+      </c>
+      <c r="R22" s="41">
+        <v>2171</v>
+      </c>
+      <c r="S22" s="41">
+        <v>3249</v>
+      </c>
+      <c r="T22" s="41">
+        <v>8475</v>
+      </c>
+      <c r="U22" s="41">
+        <v>221146</v>
+      </c>
+      <c r="V22" s="41">
+        <f t="shared" si="19"/>
+        <v>256082</v>
+      </c>
+      <c r="W22" s="41">
+        <v>356</v>
+      </c>
+      <c r="X22" s="41">
+        <v>868</v>
+      </c>
+      <c r="Y22" s="41">
+        <v>2006</v>
+      </c>
+      <c r="Z22" s="41">
+        <v>2919</v>
+      </c>
+      <c r="AA22" s="41">
+        <v>6656</v>
+      </c>
+      <c r="AB22" s="41">
+        <v>243277</v>
+      </c>
+      <c r="AC22" s="41">
+        <f t="shared" si="20"/>
+        <v>271235.29819</v>
+      </c>
+      <c r="AD22" s="41">
+        <f>346591.89/1000</f>
+        <v>346.59189000000003</v>
+      </c>
+      <c r="AE22" s="41">
+        <v>847.0844800000001</v>
+      </c>
+      <c r="AF22" s="41">
+        <f>1864455.62/1000</f>
+        <v>1864.4556200000002</v>
+      </c>
+      <c r="AG22" s="41">
+        <f>2687392.32/1000</f>
+        <v>2687.3923199999999</v>
+      </c>
+      <c r="AH22" s="41">
+        <f>5564522.72/1000</f>
+        <v>5564.5227199999999</v>
+      </c>
+      <c r="AI22" s="41">
+        <v>259925.25116000001</v>
+      </c>
+      <c r="AJ22" s="38"/>
+      <c r="AK22" s="38"/>
+      <c r="AL22" s="38"/>
+      <c r="AM22" s="38"/>
+      <c r="AN22" s="38"/>
+    </row>
+    <row r="23" spans="1:40">
+      <c r="A23" s="39" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" s="41">
+        <f t="shared" ref="B23" si="21">SUM(C23:G23)</f>
+        <v>25154</v>
+      </c>
+      <c r="C23" s="41"/>
+      <c r="D23" s="41"/>
+      <c r="E23" s="41">
+        <v>219</v>
+      </c>
+      <c r="F23" s="41">
+        <v>524</v>
+      </c>
+      <c r="G23" s="42">
+        <v>24411</v>
+      </c>
+      <c r="H23" s="41">
+        <f t="shared" si="16"/>
+        <v>23098</v>
+      </c>
+      <c r="I23" s="41"/>
+      <c r="J23" s="41"/>
+      <c r="K23" s="41">
+        <v>219</v>
+      </c>
+      <c r="L23" s="41">
+        <v>524</v>
+      </c>
+      <c r="M23" s="42">
+        <v>333</v>
+      </c>
+      <c r="N23" s="42">
+        <v>22022</v>
+      </c>
+      <c r="O23" s="41">
+        <f t="shared" si="17"/>
+        <v>24078</v>
+      </c>
+      <c r="P23" s="41"/>
+      <c r="Q23" s="41"/>
+      <c r="R23" s="41">
+        <v>219</v>
+      </c>
+      <c r="S23" s="41">
+        <v>517</v>
+      </c>
+      <c r="T23" s="42">
+        <v>297</v>
+      </c>
+      <c r="U23" s="42">
+        <f>24078-1033</f>
+        <v>23045</v>
+      </c>
+      <c r="V23" s="41">
+        <f t="shared" si="19"/>
+        <v>34867</v>
+      </c>
+      <c r="W23" s="41"/>
+      <c r="X23" s="41"/>
+      <c r="Y23" s="41">
+        <v>204</v>
+      </c>
+      <c r="Z23" s="41">
+        <v>499</v>
+      </c>
+      <c r="AA23" s="42">
+        <v>146</v>
+      </c>
+      <c r="AB23" s="42">
+        <v>34018</v>
+      </c>
+      <c r="AC23" s="41">
+        <f t="shared" si="20"/>
+        <v>33746.03961</v>
+      </c>
+      <c r="AD23" s="41"/>
+      <c r="AE23" s="41"/>
+      <c r="AF23" s="41">
+        <f>204205.5/1000</f>
+        <v>204.2055</v>
+      </c>
+      <c r="AG23" s="41">
+        <f>469606.8/1000</f>
+        <v>469.60679999999996</v>
+      </c>
+      <c r="AH23" s="43">
+        <f>144098.2/1000</f>
+        <v>144.09820000000002</v>
+      </c>
+      <c r="AI23" s="43">
+        <f>32922795.05/1000+5334.06/1000</f>
+        <v>32928.129110000002</v>
+      </c>
+      <c r="AJ23" s="38"/>
+      <c r="AK23" s="38"/>
+      <c r="AL23" s="38"/>
+      <c r="AM23" s="38"/>
+      <c r="AN23" s="38"/>
+    </row>
+    <row r="24" spans="1:40">
+      <c r="A24" s="38"/>
+      <c r="B24" s="38"/>
+      <c r="C24" s="38"/>
+      <c r="D24" s="38"/>
+      <c r="E24" s="38"/>
+      <c r="F24" s="38"/>
+      <c r="G24" s="38"/>
+      <c r="H24" s="45"/>
+      <c r="I24" s="45"/>
+      <c r="J24" s="45"/>
+      <c r="K24" s="45"/>
+      <c r="L24" s="45"/>
+      <c r="M24" s="45"/>
+      <c r="N24" s="45"/>
+      <c r="O24" s="45"/>
+      <c r="P24" s="45"/>
+      <c r="Q24" s="45"/>
+      <c r="R24" s="45"/>
+      <c r="S24" s="45"/>
+      <c r="T24" s="45"/>
+      <c r="U24" s="45"/>
+      <c r="V24" s="45"/>
+      <c r="W24" s="45"/>
+      <c r="X24" s="45"/>
+      <c r="Y24" s="45"/>
+      <c r="Z24" s="45"/>
+      <c r="AA24" s="45"/>
+      <c r="AB24" s="45"/>
+      <c r="AC24" s="45"/>
+      <c r="AD24" s="45"/>
+      <c r="AE24" s="45"/>
+      <c r="AF24" s="45"/>
+      <c r="AG24" s="38"/>
+      <c r="AH24" s="38"/>
+      <c r="AI24" s="38"/>
+      <c r="AJ24" s="38"/>
+      <c r="AK24" s="38"/>
+      <c r="AL24" s="38"/>
+      <c r="AM24" s="38"/>
+      <c r="AN24" s="38"/>
+    </row>
+    <row r="25" spans="1:40" ht="18">
+      <c r="A25" s="32" t="s">
+        <v>101</v>
+      </c>
+      <c r="B25" s="25"/>
+      <c r="C25" s="25"/>
+      <c r="D25" s="25"/>
+      <c r="E25" s="25"/>
+      <c r="F25" s="25"/>
+      <c r="G25" s="25"/>
+      <c r="H25" s="25"/>
+      <c r="I25" s="25"/>
+      <c r="J25" s="25"/>
+      <c r="K25" s="25"/>
+      <c r="L25" s="25"/>
+      <c r="M25" s="25"/>
+      <c r="N25" s="25"/>
+      <c r="O25" s="25"/>
+      <c r="P25" s="25"/>
+      <c r="Q25" s="25"/>
+      <c r="R25" s="25"/>
+      <c r="S25" s="25"/>
+      <c r="T25" s="25"/>
+      <c r="U25" s="25"/>
+      <c r="V25" s="25"/>
+      <c r="W25" s="25"/>
+      <c r="X25" s="25"/>
+      <c r="Y25" s="25"/>
+      <c r="Z25" s="25"/>
+      <c r="AA25" s="25"/>
+      <c r="AB25" s="25"/>
+      <c r="AC25" s="25"/>
+      <c r="AD25" s="25"/>
+      <c r="AE25" s="25"/>
+      <c r="AF25" s="25"/>
+      <c r="AG25" s="25"/>
+      <c r="AH25" s="25"/>
+      <c r="AI25" s="25"/>
+      <c r="AJ25" s="25"/>
+      <c r="AK25" s="25"/>
+      <c r="AL25" s="25"/>
+      <c r="AM25" s="25"/>
+      <c r="AN25" s="25"/>
+    </row>
+    <row r="26" spans="1:40">
+      <c r="A26" s="30"/>
+      <c r="B26" s="59" t="s">
+        <v>83</v>
+      </c>
+      <c r="C26" s="60"/>
+      <c r="D26" s="60"/>
+      <c r="E26" s="60"/>
+      <c r="F26" s="61"/>
+      <c r="G26" s="59" t="s">
+        <v>86</v>
+      </c>
+      <c r="H26" s="60"/>
+      <c r="I26" s="60"/>
+      <c r="J26" s="60"/>
+      <c r="K26" s="60"/>
+      <c r="L26" s="61"/>
+      <c r="M26" s="66" t="s">
+        <v>87</v>
+      </c>
+      <c r="N26" s="67"/>
+      <c r="O26" s="67"/>
+      <c r="P26" s="67"/>
+      <c r="Q26" s="67"/>
+      <c r="R26" s="68"/>
+      <c r="S26" s="66" t="s">
+        <v>88</v>
+      </c>
+      <c r="T26" s="67"/>
+      <c r="U26" s="67"/>
+      <c r="V26" s="67"/>
+      <c r="W26" s="67"/>
+      <c r="X26" s="68"/>
+      <c r="Y26" s="66" t="s">
+        <v>95</v>
+      </c>
+      <c r="Z26" s="67"/>
+      <c r="AA26" s="67"/>
+      <c r="AB26" s="67"/>
+      <c r="AC26" s="67"/>
+      <c r="AD26" s="68"/>
+      <c r="AE26" s="25"/>
+      <c r="AF26" s="25"/>
+      <c r="AG26" s="25"/>
+      <c r="AH26" s="25"/>
+      <c r="AI26" s="25"/>
+      <c r="AJ26" s="25"/>
+      <c r="AK26" s="25"/>
+      <c r="AL26" s="25"/>
+      <c r="AM26" s="25"/>
+      <c r="AN26" s="25"/>
+    </row>
+    <row r="27" spans="1:40">
+      <c r="A27" s="29"/>
+      <c r="B27" s="87" t="s">
+        <v>84</v>
+      </c>
+      <c r="C27" s="56" t="s">
+        <v>85</v>
+      </c>
+      <c r="D27" s="57"/>
+      <c r="E27" s="57"/>
+      <c r="F27" s="58"/>
+      <c r="G27" s="87" t="s">
+        <v>84</v>
+      </c>
+      <c r="H27" s="56" t="s">
+        <v>85</v>
+      </c>
+      <c r="I27" s="57"/>
+      <c r="J27" s="57"/>
+      <c r="K27" s="57"/>
+      <c r="L27" s="58"/>
+      <c r="M27" s="87" t="s">
+        <v>84</v>
+      </c>
+      <c r="N27" s="62" t="s">
+        <v>85</v>
+      </c>
+      <c r="O27" s="63"/>
+      <c r="P27" s="63"/>
+      <c r="Q27" s="63"/>
+      <c r="R27" s="64"/>
+      <c r="S27" s="87" t="s">
+        <v>84</v>
+      </c>
+      <c r="T27" s="62" t="s">
+        <v>85</v>
+      </c>
+      <c r="U27" s="63"/>
+      <c r="V27" s="63"/>
+      <c r="W27" s="63"/>
+      <c r="X27" s="64"/>
+      <c r="Y27" s="87" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z27" s="62" t="s">
+        <v>85</v>
+      </c>
+      <c r="AA27" s="63"/>
+      <c r="AB27" s="63"/>
+      <c r="AC27" s="63"/>
+      <c r="AD27" s="64"/>
+      <c r="AE27" s="25"/>
+      <c r="AF27" s="25"/>
+      <c r="AG27" s="25"/>
+      <c r="AH27" s="25"/>
+      <c r="AI27" s="25"/>
+      <c r="AJ27" s="25"/>
+      <c r="AK27" s="25"/>
+      <c r="AL27" s="25"/>
+      <c r="AM27" s="25"/>
+      <c r="AN27" s="25"/>
+    </row>
+    <row r="28" spans="1:40">
+      <c r="A28" s="28"/>
+      <c r="B28" s="88"/>
+      <c r="C28" s="34">
+        <v>2019</v>
+      </c>
+      <c r="D28" s="34">
+        <v>2020</v>
+      </c>
+      <c r="E28" s="34">
+        <v>2021</v>
+      </c>
+      <c r="F28" s="34">
+        <v>2022</v>
+      </c>
+      <c r="G28" s="88"/>
+      <c r="H28" s="34">
+        <v>2019</v>
+      </c>
+      <c r="I28" s="34">
+        <v>2020</v>
+      </c>
+      <c r="J28" s="34">
+        <v>2021</v>
+      </c>
+      <c r="K28" s="34">
+        <v>2022</v>
+      </c>
+      <c r="L28" s="33">
+        <v>2023</v>
+      </c>
+      <c r="M28" s="88"/>
+      <c r="N28" s="34">
+        <v>2019</v>
+      </c>
+      <c r="O28" s="34">
+        <v>2020</v>
+      </c>
+      <c r="P28" s="34">
+        <v>2021</v>
+      </c>
+      <c r="Q28" s="33">
+        <v>2022</v>
+      </c>
+      <c r="R28" s="33">
+        <v>2023</v>
+      </c>
+      <c r="S28" s="88"/>
+      <c r="T28" s="34">
+        <v>2019</v>
+      </c>
+      <c r="U28" s="34">
+        <v>2020</v>
+      </c>
+      <c r="V28" s="34">
+        <v>2021</v>
+      </c>
+      <c r="W28" s="33">
+        <v>2022</v>
+      </c>
+      <c r="X28" s="33">
+        <v>2023</v>
+      </c>
+      <c r="Y28" s="88"/>
+      <c r="Z28" s="34">
+        <v>2019</v>
+      </c>
+      <c r="AA28" s="34">
+        <v>2020</v>
+      </c>
+      <c r="AB28" s="34">
+        <v>2021</v>
+      </c>
+      <c r="AC28" s="33">
+        <v>2022</v>
+      </c>
+      <c r="AD28" s="33">
+        <v>2023</v>
+      </c>
+      <c r="AE28" s="25"/>
+      <c r="AF28" s="25"/>
+      <c r="AG28" s="25"/>
+      <c r="AH28" s="25"/>
+      <c r="AI28" s="25"/>
+      <c r="AJ28" s="25"/>
+      <c r="AK28" s="25"/>
+      <c r="AL28" s="25"/>
+      <c r="AM28" s="25"/>
+      <c r="AN28" s="25"/>
+    </row>
+    <row r="29" spans="1:40">
+      <c r="A29" s="36" t="s">
+        <v>78</v>
+      </c>
+      <c r="B29" s="47">
+        <f t="shared" ref="B29:L29" si="22">SUM(B30,B31:B32,B33:B35)</f>
+        <v>149885</v>
+      </c>
+      <c r="C29" s="37">
+        <f t="shared" si="22"/>
+        <v>644</v>
+      </c>
+      <c r="D29" s="37">
+        <f t="shared" si="22"/>
+        <v>1630</v>
+      </c>
+      <c r="E29" s="37">
+        <f t="shared" si="22"/>
+        <v>5344</v>
+      </c>
+      <c r="F29" s="37">
+        <f t="shared" si="22"/>
+        <v>142267</v>
+      </c>
+      <c r="G29" s="37">
+        <f t="shared" si="22"/>
+        <v>158310</v>
+      </c>
+      <c r="H29" s="37">
+        <f t="shared" si="22"/>
+        <v>624</v>
+      </c>
+      <c r="I29" s="37">
+        <f t="shared" si="22"/>
+        <v>1508</v>
+      </c>
+      <c r="J29" s="37">
+        <f t="shared" si="22"/>
+        <v>4340</v>
+      </c>
+      <c r="K29" s="37">
+        <f t="shared" si="22"/>
+        <v>18288</v>
+      </c>
+      <c r="L29" s="37">
+        <f t="shared" si="22"/>
+        <v>133550</v>
+      </c>
+      <c r="M29" s="37">
+        <f t="shared" ref="M29" si="23">SUM(M30,M31:M32,M33:M35)</f>
+        <v>197656.10240999999</v>
+      </c>
+      <c r="N29" s="37">
+        <f t="shared" ref="N29" si="24">SUM(N30,N31:N32,N33:N35)</f>
+        <v>609.69034999999997</v>
+      </c>
+      <c r="O29" s="37">
+        <f t="shared" ref="O29" si="25">SUM(O30,O31:O32,O33:O35)</f>
+        <v>1451.5883899999999</v>
+      </c>
+      <c r="P29" s="37">
+        <f t="shared" ref="P29" si="26">SUM(P30,P31:P32,P33:P35)</f>
+        <v>3990.40434</v>
+      </c>
+      <c r="Q29" s="37">
+        <f t="shared" ref="Q29" si="27">SUM(Q30,Q31:Q32,Q33:Q35)</f>
+        <v>13056.57667</v>
+      </c>
+      <c r="R29" s="37">
+        <f t="shared" ref="R29" si="28">SUM(R30,R31:R32,R33:R35)</f>
+        <v>178547.84265999999</v>
+      </c>
+      <c r="S29" s="37">
+        <f>SUM(S30,S31:S32,S33:S35)</f>
+        <v>228480</v>
+      </c>
+      <c r="T29" s="37">
+        <f t="shared" ref="T29:X29" si="29">SUM(T30,T31:T32,T33:T35)</f>
+        <v>545</v>
+      </c>
+      <c r="U29" s="37">
+        <f t="shared" si="29"/>
+        <v>1346</v>
+      </c>
+      <c r="V29" s="37">
+        <f t="shared" si="29"/>
+        <v>3549</v>
+      </c>
+      <c r="W29" s="37">
+        <f t="shared" si="29"/>
+        <v>9496</v>
+      </c>
+      <c r="X29" s="37">
+        <f t="shared" si="29"/>
+        <v>213544</v>
+      </c>
+      <c r="Y29" s="37">
+        <f>SUM(Y30,Y31:Y32,Y33:Y35)</f>
+        <v>266975</v>
+      </c>
+      <c r="Z29" s="37">
+        <f t="shared" ref="Z29:AD29" si="30">SUM(Z30,Z31:Z32,Z33:Z35)</f>
+        <v>476</v>
+      </c>
+      <c r="AA29" s="37">
+        <f t="shared" si="30"/>
+        <v>1169</v>
+      </c>
+      <c r="AB29" s="37">
+        <f t="shared" si="30"/>
+        <v>3114</v>
+      </c>
+      <c r="AC29" s="37">
+        <f t="shared" si="30"/>
+        <v>7372</v>
+      </c>
+      <c r="AD29" s="37">
+        <f t="shared" si="30"/>
+        <v>254844</v>
+      </c>
+      <c r="AE29" s="38"/>
+      <c r="AF29" s="38"/>
+      <c r="AG29" s="38"/>
+      <c r="AH29" s="38"/>
+      <c r="AI29" s="38"/>
+      <c r="AJ29" s="38"/>
+      <c r="AK29" s="38"/>
+      <c r="AL29" s="38"/>
+      <c r="AM29" s="38"/>
+      <c r="AN29" s="38"/>
+    </row>
+    <row r="30" spans="1:40">
+      <c r="A30" s="39" t="s">
+        <v>89</v>
+      </c>
+      <c r="B30" s="48">
+        <v>1959</v>
+      </c>
+      <c r="C30" s="42"/>
+      <c r="D30" s="42"/>
+      <c r="E30" s="42">
+        <v>2</v>
+      </c>
+      <c r="F30" s="42">
+        <f t="shared" ref="F30:F33" si="31">B30-C30-D30-E30</f>
+        <v>1957</v>
+      </c>
+      <c r="G30" s="48">
+        <v>2178</v>
+      </c>
+      <c r="H30" s="40"/>
+      <c r="I30" s="40"/>
+      <c r="J30" s="40">
+        <v>2</v>
+      </c>
+      <c r="K30" s="40">
+        <v>289</v>
+      </c>
+      <c r="L30" s="41">
+        <f>G30-H30-I30-J30-K30</f>
+        <v>1887</v>
+      </c>
+      <c r="M30" s="40">
+        <f>SUM(N30:R30)</f>
+        <v>1451</v>
+      </c>
+      <c r="N30" s="40"/>
+      <c r="O30" s="40"/>
+      <c r="P30" s="40">
+        <v>2</v>
+      </c>
+      <c r="Q30" s="41">
+        <v>255</v>
+      </c>
+      <c r="R30" s="40">
+        <f>1451-257</f>
+        <v>1194</v>
+      </c>
+      <c r="S30" s="40">
+        <f>SUM(T30:X30)</f>
+        <v>2196</v>
+      </c>
+      <c r="T30" s="40"/>
+      <c r="U30" s="40"/>
+      <c r="V30" s="40">
+        <v>2</v>
+      </c>
+      <c r="W30" s="40">
+        <v>255</v>
+      </c>
+      <c r="X30" s="41">
+        <f>2196-257</f>
+        <v>1939</v>
+      </c>
+      <c r="Y30" s="40">
+        <f>SUM(Z30:AD30)</f>
+        <v>1628</v>
+      </c>
+      <c r="Z30" s="40"/>
+      <c r="AA30" s="40"/>
+      <c r="AB30" s="40">
+        <v>2</v>
+      </c>
+      <c r="AC30" s="40">
+        <v>255</v>
+      </c>
+      <c r="AD30" s="41">
+        <v>1371</v>
+      </c>
+      <c r="AE30" s="38"/>
+      <c r="AF30" s="38"/>
+      <c r="AG30" s="38"/>
+      <c r="AH30" s="38"/>
+      <c r="AI30" s="38"/>
+      <c r="AJ30" s="38"/>
+      <c r="AK30" s="38"/>
+      <c r="AL30" s="38"/>
+      <c r="AM30" s="38"/>
+      <c r="AN30" s="38"/>
+    </row>
+    <row r="31" spans="1:40">
+      <c r="A31" s="39" t="s">
+        <v>90</v>
+      </c>
+      <c r="B31" s="49">
+        <v>1021</v>
+      </c>
+      <c r="C31" s="42"/>
+      <c r="D31" s="42"/>
+      <c r="E31" s="42"/>
+      <c r="F31" s="42">
+        <f t="shared" si="31"/>
+        <v>1021</v>
+      </c>
+      <c r="G31" s="49">
+        <v>739</v>
+      </c>
+      <c r="H31" s="41"/>
+      <c r="I31" s="41"/>
+      <c r="J31" s="41"/>
+      <c r="K31" s="41">
+        <v>19</v>
+      </c>
+      <c r="L31" s="42">
+        <f t="shared" ref="L31:L35" si="32">G31-H31-I31-J31-K31</f>
+        <v>720</v>
+      </c>
+      <c r="M31" s="41">
+        <f t="shared" ref="M31:M35" si="33">SUM(N31:R31)</f>
+        <v>579</v>
+      </c>
+      <c r="N31" s="41"/>
+      <c r="O31" s="41"/>
+      <c r="P31" s="41"/>
+      <c r="Q31" s="42">
+        <v>9</v>
+      </c>
+      <c r="R31" s="41">
+        <v>570</v>
+      </c>
+      <c r="S31" s="41">
+        <f t="shared" ref="S31:S35" si="34">SUM(T31:X31)</f>
+        <v>890</v>
+      </c>
+      <c r="T31" s="41"/>
+      <c r="U31" s="41"/>
+      <c r="V31" s="41"/>
+      <c r="W31" s="41">
+        <v>9</v>
+      </c>
+      <c r="X31" s="41">
+        <f>881</f>
+        <v>881</v>
+      </c>
+      <c r="Y31" s="41">
+        <f t="shared" ref="Y31:Y35" si="35">SUM(Z31:AD31)</f>
+        <v>894</v>
+      </c>
+      <c r="Z31" s="41"/>
+      <c r="AA31" s="41"/>
+      <c r="AB31" s="41"/>
+      <c r="AC31" s="41">
+        <v>9</v>
+      </c>
+      <c r="AD31" s="42">
+        <v>885</v>
+      </c>
+      <c r="AE31" s="38"/>
+      <c r="AF31" s="38"/>
+      <c r="AG31" s="38"/>
+      <c r="AH31" s="38"/>
+      <c r="AI31" s="38"/>
+      <c r="AJ31" s="38"/>
+      <c r="AK31" s="38"/>
+      <c r="AL31" s="38"/>
+      <c r="AM31" s="38"/>
+      <c r="AN31" s="38"/>
+    </row>
+    <row r="32" spans="1:40">
+      <c r="A32" s="39" t="s">
+        <v>91</v>
+      </c>
+      <c r="B32" s="49">
+        <v>3496</v>
+      </c>
+      <c r="C32" s="42"/>
+      <c r="D32" s="42"/>
+      <c r="E32" s="42"/>
+      <c r="F32" s="42">
+        <f t="shared" si="31"/>
+        <v>3496</v>
+      </c>
+      <c r="G32" s="49">
+        <v>3788</v>
+      </c>
+      <c r="H32" s="41"/>
+      <c r="I32" s="41"/>
+      <c r="J32" s="41"/>
+      <c r="K32" s="41">
+        <v>243</v>
+      </c>
+      <c r="L32" s="42">
+        <f t="shared" si="32"/>
+        <v>3545</v>
+      </c>
+      <c r="M32" s="41">
+        <f t="shared" si="33"/>
+        <v>4395</v>
+      </c>
+      <c r="N32" s="41"/>
+      <c r="O32" s="41"/>
+      <c r="P32" s="41"/>
+      <c r="Q32" s="42">
+        <v>115</v>
+      </c>
+      <c r="R32" s="41">
+        <f>4395-115</f>
+        <v>4280</v>
+      </c>
+      <c r="S32" s="41">
+        <f t="shared" si="34"/>
+        <v>4619</v>
+      </c>
+      <c r="T32" s="41"/>
+      <c r="U32" s="41"/>
+      <c r="V32" s="41"/>
+      <c r="W32" s="41">
+        <v>112</v>
+      </c>
+      <c r="X32" s="41">
+        <f>4619-112</f>
+        <v>4507</v>
+      </c>
+      <c r="Y32" s="41">
+        <f t="shared" si="35"/>
+        <v>5565</v>
+      </c>
+      <c r="Z32" s="41"/>
+      <c r="AA32" s="41"/>
+      <c r="AB32" s="41"/>
+      <c r="AC32" s="41">
+        <v>110</v>
+      </c>
+      <c r="AD32" s="42">
+        <v>5455</v>
+      </c>
+      <c r="AE32" s="38"/>
+      <c r="AF32" s="38"/>
+      <c r="AG32" s="38"/>
+      <c r="AH32" s="38"/>
+      <c r="AI32" s="38"/>
+      <c r="AJ32" s="38"/>
+      <c r="AK32" s="38"/>
+      <c r="AL32" s="38"/>
+      <c r="AM32" s="38"/>
+      <c r="AN32" s="38"/>
+    </row>
+    <row r="33" spans="1:40" ht="15.75" customHeight="1">
+      <c r="A33" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="B33" s="49">
+        <f>20+264</f>
+        <v>284</v>
+      </c>
+      <c r="C33" s="42"/>
+      <c r="D33" s="42"/>
+      <c r="E33" s="42"/>
+      <c r="F33" s="42">
+        <f t="shared" si="31"/>
+        <v>284</v>
+      </c>
+      <c r="G33" s="49">
+        <f>937+911</f>
+        <v>1848</v>
+      </c>
+      <c r="H33" s="41"/>
+      <c r="I33" s="41"/>
+      <c r="J33" s="41"/>
+      <c r="K33" s="41"/>
+      <c r="L33" s="42">
+        <f t="shared" si="32"/>
+        <v>1848</v>
+      </c>
+      <c r="M33" s="41">
+        <f t="shared" si="33"/>
+        <v>1574</v>
+      </c>
+      <c r="N33" s="41"/>
+      <c r="O33" s="41"/>
+      <c r="P33" s="41"/>
+      <c r="Q33" s="42"/>
+      <c r="R33" s="41">
+        <v>1574</v>
+      </c>
+      <c r="S33" s="41">
+        <f t="shared" si="34"/>
+        <v>2029</v>
+      </c>
+      <c r="T33" s="41"/>
+      <c r="U33" s="41"/>
+      <c r="V33" s="41"/>
+      <c r="W33" s="41"/>
+      <c r="X33" s="41">
+        <f>1049+980</f>
+        <v>2029</v>
+      </c>
+      <c r="Y33" s="41">
+        <f t="shared" si="35"/>
+        <v>270</v>
+      </c>
+      <c r="Z33" s="41"/>
+      <c r="AA33" s="41"/>
+      <c r="AB33" s="41"/>
+      <c r="AC33" s="41"/>
+      <c r="AD33" s="42">
+        <v>270</v>
+      </c>
+      <c r="AE33" s="38"/>
+      <c r="AF33" s="38"/>
+      <c r="AG33" s="38"/>
+      <c r="AH33" s="38"/>
+      <c r="AI33" s="38"/>
+      <c r="AJ33" s="38"/>
+      <c r="AK33" s="38"/>
+      <c r="AL33" s="38"/>
+      <c r="AM33" s="38"/>
+      <c r="AN33" s="38"/>
+    </row>
+    <row r="34" spans="1:40">
+      <c r="A34" s="44" t="s">
+        <v>93</v>
+      </c>
+      <c r="B34" s="49">
+        <v>128517</v>
+      </c>
+      <c r="C34" s="42">
+        <v>644</v>
+      </c>
+      <c r="D34" s="42">
+        <v>1630</v>
+      </c>
+      <c r="E34" s="41">
+        <v>5105</v>
+      </c>
+      <c r="F34" s="41">
+        <f>B34-C34-D34-E34</f>
+        <v>121138</v>
+      </c>
+      <c r="G34" s="49">
+        <v>135100</v>
+      </c>
+      <c r="H34" s="41">
+        <v>624</v>
+      </c>
+      <c r="I34" s="41">
+        <v>1508</v>
+      </c>
+      <c r="J34" s="41">
+        <v>4101</v>
+      </c>
+      <c r="K34" s="41">
+        <v>17050</v>
+      </c>
+      <c r="L34" s="41">
+        <f t="shared" si="32"/>
+        <v>111817</v>
+      </c>
+      <c r="M34" s="41">
+        <f t="shared" si="33"/>
+        <v>171991.10240999999</v>
+      </c>
+      <c r="N34" s="41">
+        <v>609.69034999999997</v>
+      </c>
+      <c r="O34" s="41">
+        <v>1451.5883899999999</v>
+      </c>
+      <c r="P34" s="41">
+        <v>3751.40434</v>
+      </c>
+      <c r="Q34" s="41">
+        <v>12101.57667</v>
+      </c>
+      <c r="R34" s="41">
+        <f>171990.84266-17914</f>
+        <v>154076.84265999999</v>
+      </c>
+      <c r="S34" s="41">
+        <f t="shared" si="34"/>
+        <v>196493</v>
+      </c>
+      <c r="T34" s="41">
+        <v>545</v>
+      </c>
+      <c r="U34" s="41">
+        <v>1346</v>
+      </c>
+      <c r="V34" s="41">
+        <v>3328</v>
+      </c>
+      <c r="W34" s="41">
+        <v>8572</v>
+      </c>
+      <c r="X34" s="41">
+        <f>196493-13791</f>
+        <v>182702</v>
+      </c>
+      <c r="Y34" s="41">
+        <f>SUM(Z34:AD34)</f>
+        <v>233464</v>
+      </c>
+      <c r="Z34" s="41">
+        <v>476</v>
+      </c>
+      <c r="AA34" s="41">
+        <v>1169</v>
+      </c>
+      <c r="AB34" s="41">
+        <v>2893</v>
+      </c>
+      <c r="AC34" s="41">
+        <v>6474</v>
+      </c>
+      <c r="AD34" s="41">
+        <v>222452</v>
+      </c>
+      <c r="AE34" s="38"/>
+      <c r="AF34" s="38"/>
+      <c r="AG34" s="38"/>
+      <c r="AH34" s="38"/>
+      <c r="AI34" s="38"/>
+      <c r="AJ34" s="38"/>
+      <c r="AK34" s="38"/>
+      <c r="AL34" s="38"/>
+      <c r="AM34" s="38"/>
+      <c r="AN34" s="38"/>
+    </row>
+    <row r="35" spans="1:40">
+      <c r="A35" s="39" t="s">
+        <v>94</v>
+      </c>
+      <c r="B35" s="49">
+        <v>14608</v>
+      </c>
+      <c r="C35" s="42"/>
+      <c r="D35" s="42"/>
+      <c r="E35" s="42">
+        <v>237</v>
+      </c>
+      <c r="F35" s="42">
+        <f t="shared" ref="F35" si="36">B35-C35-D35-E35</f>
+        <v>14371</v>
+      </c>
+      <c r="G35" s="49">
+        <v>14657</v>
+      </c>
+      <c r="H35" s="41"/>
+      <c r="I35" s="41"/>
+      <c r="J35" s="41">
+        <v>237</v>
+      </c>
+      <c r="K35" s="41">
+        <v>687</v>
+      </c>
+      <c r="L35" s="42">
+        <f t="shared" si="32"/>
+        <v>13733</v>
+      </c>
+      <c r="M35" s="41">
+        <f t="shared" si="33"/>
+        <v>17666</v>
+      </c>
+      <c r="N35" s="41"/>
+      <c r="O35" s="41"/>
+      <c r="P35" s="41">
+        <v>237</v>
+      </c>
+      <c r="Q35" s="42">
+        <v>576</v>
+      </c>
+      <c r="R35" s="41">
+        <f>17305-237-576+361</f>
+        <v>16853</v>
+      </c>
+      <c r="S35" s="41">
+        <f t="shared" si="34"/>
+        <v>22253</v>
+      </c>
+      <c r="T35" s="41"/>
+      <c r="U35" s="41"/>
+      <c r="V35" s="41">
+        <v>219</v>
+      </c>
+      <c r="W35" s="41">
+        <v>548</v>
+      </c>
+      <c r="X35" s="41">
+        <f>228480-206994</f>
+        <v>21486</v>
+      </c>
+      <c r="Y35" s="41">
+        <f t="shared" si="35"/>
+        <v>25154</v>
+      </c>
+      <c r="Z35" s="41"/>
+      <c r="AA35" s="41"/>
+      <c r="AB35" s="41">
+        <v>219</v>
+      </c>
+      <c r="AC35" s="41">
+        <v>524</v>
+      </c>
+      <c r="AD35" s="42">
+        <v>24411</v>
+      </c>
+      <c r="AE35" s="38"/>
+      <c r="AF35" s="38"/>
+      <c r="AG35" s="38"/>
+      <c r="AH35" s="38"/>
+      <c r="AI35" s="38"/>
+      <c r="AJ35" s="38"/>
+      <c r="AK35" s="38"/>
+      <c r="AL35" s="38"/>
+      <c r="AM35" s="38"/>
+      <c r="AN35" s="38"/>
+    </row>
+    <row r="36" spans="1:40">
+      <c r="A36" s="38"/>
+      <c r="B36" s="38"/>
+      <c r="C36" s="38"/>
+      <c r="D36" s="38"/>
+      <c r="E36" s="38"/>
+      <c r="F36" s="38"/>
+      <c r="G36" s="38"/>
+      <c r="H36" s="38"/>
+      <c r="I36" s="38"/>
+      <c r="J36" s="38"/>
+      <c r="K36" s="38"/>
+      <c r="L36" s="38"/>
+      <c r="M36" s="38"/>
+      <c r="N36" s="38"/>
+      <c r="O36" s="38"/>
+      <c r="P36" s="38"/>
+      <c r="Q36" s="38"/>
+      <c r="R36" s="38"/>
+      <c r="S36" s="38"/>
+      <c r="T36" s="38"/>
+      <c r="U36" s="38"/>
+      <c r="V36" s="38"/>
+      <c r="W36" s="38"/>
+      <c r="X36" s="38"/>
+      <c r="Y36" s="38"/>
+      <c r="Z36" s="38"/>
+      <c r="AA36" s="38"/>
+      <c r="AB36" s="38"/>
+      <c r="AC36" s="38"/>
+      <c r="AD36" s="38"/>
+      <c r="AE36" s="38"/>
+      <c r="AF36" s="38"/>
+      <c r="AG36" s="38"/>
+      <c r="AH36" s="38"/>
+      <c r="AI36" s="38"/>
+      <c r="AJ36" s="38"/>
+      <c r="AK36" s="38"/>
+      <c r="AL36" s="38"/>
+      <c r="AM36" s="38"/>
+      <c r="AN36" s="38"/>
+    </row>
+    <row r="37" spans="1:40">
+      <c r="A37" s="38"/>
+      <c r="B37" s="50"/>
+      <c r="C37" s="38"/>
+      <c r="D37" s="38"/>
+      <c r="E37" s="38"/>
+      <c r="F37" s="38"/>
+      <c r="G37" s="38"/>
+      <c r="H37" s="38"/>
+      <c r="I37" s="38"/>
+      <c r="J37" s="38"/>
+      <c r="K37" s="38"/>
+      <c r="L37" s="38"/>
+      <c r="M37" s="38"/>
+      <c r="N37" s="38"/>
+      <c r="O37" s="38"/>
+      <c r="P37" s="38"/>
+      <c r="Q37" s="38"/>
+      <c r="R37" s="38"/>
+      <c r="S37" s="38"/>
+      <c r="T37" s="38"/>
+      <c r="U37" s="38"/>
+      <c r="V37" s="38"/>
+      <c r="W37" s="38"/>
+      <c r="X37" s="38"/>
+      <c r="Y37" s="38"/>
+      <c r="Z37" s="38"/>
+      <c r="AA37" s="38"/>
+      <c r="AB37" s="38"/>
+      <c r="AC37" s="38"/>
+      <c r="AD37" s="38"/>
+      <c r="AE37" s="38"/>
+      <c r="AF37" s="38"/>
+      <c r="AG37" s="38"/>
+      <c r="AH37" s="38"/>
+      <c r="AI37" s="38"/>
+      <c r="AJ37" s="38"/>
+      <c r="AK37" s="38"/>
+      <c r="AL37" s="38"/>
+      <c r="AM37" s="38"/>
+      <c r="AN37" s="38"/>
+    </row>
+    <row r="38" spans="1:40" ht="18">
+      <c r="A38" s="32" t="s">
+        <v>100</v>
+      </c>
+      <c r="B38" s="25"/>
+      <c r="C38" s="25"/>
+      <c r="D38" s="25"/>
+      <c r="E38" s="25"/>
+      <c r="F38" s="25"/>
+      <c r="G38" s="25"/>
+      <c r="H38" s="25"/>
+      <c r="I38" s="25"/>
+      <c r="J38" s="25"/>
+      <c r="K38" s="25"/>
+      <c r="L38" s="25"/>
+      <c r="M38" s="25"/>
+      <c r="N38" s="25"/>
+      <c r="O38" s="25"/>
+      <c r="P38" s="25"/>
+      <c r="Q38" s="25"/>
+      <c r="R38" s="25"/>
+      <c r="S38" s="25"/>
+      <c r="T38" s="25"/>
+      <c r="U38" s="25"/>
+      <c r="V38" s="25"/>
+      <c r="W38" s="25"/>
+      <c r="X38" s="25"/>
+      <c r="Y38" s="25"/>
+      <c r="Z38" s="25"/>
+      <c r="AA38" s="25"/>
+      <c r="AB38" s="25"/>
+      <c r="AC38" s="25"/>
+      <c r="AD38" s="25"/>
+      <c r="AE38" s="25"/>
+      <c r="AF38" s="25"/>
+      <c r="AG38" s="25"/>
+      <c r="AH38" s="25"/>
+      <c r="AI38" s="25"/>
+      <c r="AJ38" s="25"/>
+      <c r="AK38" s="25"/>
+      <c r="AL38" s="25"/>
+      <c r="AM38" s="25"/>
+      <c r="AN38" s="25"/>
+    </row>
+    <row r="39" spans="1:40">
+      <c r="A39" s="27"/>
+      <c r="B39" s="84" t="s">
+        <v>79</v>
+      </c>
+      <c r="C39" s="85"/>
+      <c r="D39" s="85"/>
+      <c r="E39" s="86"/>
+      <c r="F39" s="84" t="s">
+        <v>80</v>
+      </c>
+      <c r="G39" s="85"/>
+      <c r="H39" s="85"/>
+      <c r="I39" s="85"/>
+      <c r="J39" s="86"/>
+      <c r="K39" s="84" t="s">
+        <v>81</v>
+      </c>
+      <c r="L39" s="85"/>
+      <c r="M39" s="85"/>
+      <c r="N39" s="85"/>
+      <c r="O39" s="86"/>
+      <c r="P39" s="84" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q39" s="85"/>
+      <c r="R39" s="85"/>
+      <c r="S39" s="85"/>
+      <c r="T39" s="86"/>
+      <c r="U39" s="84" t="s">
+        <v>83</v>
+      </c>
+      <c r="V39" s="85"/>
+      <c r="W39" s="85"/>
+      <c r="X39" s="85"/>
+      <c r="Y39" s="86"/>
+      <c r="Z39" s="25"/>
+      <c r="AA39" s="25"/>
+      <c r="AB39" s="25"/>
+      <c r="AC39" s="25"/>
+      <c r="AD39" s="25"/>
+      <c r="AE39" s="25"/>
+      <c r="AF39" s="25"/>
+      <c r="AG39" s="25"/>
+      <c r="AH39" s="25"/>
+      <c r="AI39" s="25"/>
+      <c r="AJ39" s="25"/>
+      <c r="AK39" s="25"/>
+      <c r="AL39" s="25"/>
+      <c r="AM39" s="25"/>
+      <c r="AN39" s="25"/>
+    </row>
+    <row r="40" spans="1:40" ht="16.5" customHeight="1">
+      <c r="A40" s="31"/>
+      <c r="B40" s="87" t="s">
+        <v>84</v>
+      </c>
+      <c r="C40" s="81" t="s">
+        <v>85</v>
+      </c>
+      <c r="D40" s="82"/>
+      <c r="E40" s="83"/>
+      <c r="F40" s="87" t="s">
+        <v>84</v>
+      </c>
+      <c r="G40" s="81" t="s">
+        <v>85</v>
+      </c>
+      <c r="H40" s="82"/>
+      <c r="I40" s="82"/>
+      <c r="J40" s="83"/>
+      <c r="K40" s="87" t="s">
+        <v>84</v>
+      </c>
+      <c r="L40" s="81" t="s">
+        <v>85</v>
+      </c>
+      <c r="M40" s="82"/>
+      <c r="N40" s="82"/>
+      <c r="O40" s="83"/>
+      <c r="P40" s="87" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q40" s="81" t="s">
+        <v>85</v>
+      </c>
+      <c r="R40" s="82"/>
+      <c r="S40" s="82"/>
+      <c r="T40" s="83"/>
+      <c r="U40" s="87" t="s">
+        <v>84</v>
+      </c>
+      <c r="V40" s="81" t="s">
+        <v>85</v>
+      </c>
+      <c r="W40" s="82"/>
+      <c r="X40" s="82"/>
+      <c r="Y40" s="83"/>
+      <c r="Z40" s="26"/>
+      <c r="AA40" s="26"/>
+      <c r="AB40" s="26"/>
+      <c r="AC40" s="26"/>
+      <c r="AD40" s="26"/>
+      <c r="AE40" s="26"/>
+      <c r="AF40" s="26"/>
+      <c r="AG40" s="26"/>
+      <c r="AH40" s="26"/>
+      <c r="AI40" s="26"/>
+      <c r="AJ40" s="26"/>
+      <c r="AK40" s="26"/>
+      <c r="AL40" s="26"/>
+      <c r="AM40" s="26"/>
+      <c r="AN40" s="26"/>
+    </row>
+    <row r="41" spans="1:40" ht="16.5" customHeight="1">
+      <c r="A41" s="28"/>
+      <c r="B41" s="88"/>
+      <c r="C41" s="34">
+        <v>2019</v>
+      </c>
+      <c r="D41" s="34">
+        <v>2020</v>
+      </c>
+      <c r="E41" s="34">
+        <v>2021</v>
+      </c>
+      <c r="F41" s="88"/>
+      <c r="G41" s="34">
+        <v>2019</v>
+      </c>
+      <c r="H41" s="34">
+        <v>2020</v>
+      </c>
+      <c r="I41" s="34">
+        <v>2021</v>
+      </c>
+      <c r="J41" s="33">
+        <v>2022</v>
+      </c>
+      <c r="K41" s="88"/>
+      <c r="L41" s="34">
+        <v>2019</v>
+      </c>
+      <c r="M41" s="34">
+        <v>2020</v>
+      </c>
+      <c r="N41" s="34">
+        <v>2021</v>
+      </c>
+      <c r="O41" s="33">
+        <v>2022</v>
+      </c>
+      <c r="P41" s="88"/>
+      <c r="Q41" s="34">
+        <v>2019</v>
+      </c>
+      <c r="R41" s="34">
+        <v>2020</v>
+      </c>
+      <c r="S41" s="34">
+        <v>2021</v>
+      </c>
+      <c r="T41" s="33">
+        <v>2022</v>
+      </c>
+      <c r="U41" s="88"/>
+      <c r="V41" s="34">
+        <v>2019</v>
+      </c>
+      <c r="W41" s="34">
+        <v>2020</v>
+      </c>
+      <c r="X41" s="34">
+        <v>2021</v>
+      </c>
+      <c r="Y41" s="33">
+        <v>2022</v>
+      </c>
+      <c r="Z41" s="26"/>
+      <c r="AA41" s="26"/>
+      <c r="AB41" s="26"/>
+      <c r="AC41" s="26"/>
+      <c r="AD41" s="26"/>
+      <c r="AE41" s="26"/>
+      <c r="AF41" s="26"/>
+      <c r="AG41" s="26"/>
+      <c r="AH41" s="26"/>
+      <c r="AI41" s="26"/>
+      <c r="AJ41" s="26"/>
+      <c r="AK41" s="26"/>
+      <c r="AL41" s="26"/>
+      <c r="AM41" s="26"/>
+      <c r="AN41" s="26"/>
+    </row>
+    <row r="42" spans="1:40">
+      <c r="A42" s="36" t="s">
+        <v>78</v>
+      </c>
+      <c r="B42" s="37">
+        <f t="shared" ref="B42:Y42" si="37">SUM(B43,B44:B45,B46:B48)</f>
         <v>144286</v>
       </c>
-      <c r="C5" s="79">
-        <f t="shared" si="0"/>
+      <c r="C42" s="52">
+        <f t="shared" si="37"/>
         <v>796</v>
       </c>
-      <c r="D5" s="79">
-        <f t="shared" si="0"/>
+      <c r="D42" s="52">
+        <f t="shared" si="37"/>
         <v>2391</v>
       </c>
-      <c r="E5" s="80">
-        <f t="shared" si="0"/>
+      <c r="E42" s="53">
+        <f t="shared" si="37"/>
         <v>141099</v>
       </c>
-      <c r="F5" s="64">
-        <f t="shared" si="0"/>
+      <c r="F42" s="37">
+        <f t="shared" si="37"/>
         <v>181422</v>
       </c>
-      <c r="G5" s="64">
-        <f t="shared" si="0"/>
+      <c r="G42" s="37">
+        <f t="shared" si="37"/>
         <v>744</v>
       </c>
-      <c r="H5" s="64">
-        <f t="shared" si="0"/>
+      <c r="H42" s="37">
+        <f t="shared" si="37"/>
         <v>2001</v>
       </c>
-      <c r="I5" s="64">
-        <f t="shared" si="0"/>
+      <c r="I42" s="37">
+        <f t="shared" si="37"/>
         <v>14661</v>
       </c>
-      <c r="J5" s="64">
-        <f t="shared" si="0"/>
+      <c r="J42" s="37">
+        <f t="shared" si="37"/>
         <v>164016</v>
       </c>
-      <c r="K5" s="64">
-        <f t="shared" si="0"/>
+      <c r="K42" s="37">
+        <f t="shared" si="37"/>
         <v>145732</v>
       </c>
-      <c r="L5" s="64">
-        <f t="shared" si="0"/>
+      <c r="L42" s="37">
+        <f t="shared" si="37"/>
         <v>709</v>
       </c>
-      <c r="M5" s="64">
-        <f t="shared" si="0"/>
+      <c r="M42" s="37">
+        <f t="shared" si="37"/>
         <v>1880</v>
       </c>
-      <c r="N5" s="64">
-        <f t="shared" si="0"/>
+      <c r="N42" s="37">
+        <f t="shared" si="37"/>
         <v>9299</v>
       </c>
-      <c r="O5" s="64">
-        <f t="shared" si="0"/>
+      <c r="O42" s="37">
+        <f t="shared" si="37"/>
         <v>133844</v>
       </c>
-      <c r="P5" s="64">
-        <f t="shared" si="0"/>
+      <c r="P42" s="37">
+        <f t="shared" si="37"/>
         <v>153421</v>
       </c>
-      <c r="Q5" s="64">
-        <f t="shared" si="0"/>
+      <c r="Q42" s="37">
+        <f t="shared" si="37"/>
         <v>666</v>
       </c>
-      <c r="R5" s="64">
-        <f t="shared" si="0"/>
+      <c r="R42" s="37">
+        <f t="shared" si="37"/>
         <v>1750</v>
       </c>
-      <c r="S5" s="64">
-        <f t="shared" si="0"/>
+      <c r="S42" s="37">
+        <f t="shared" si="37"/>
         <v>6782</v>
       </c>
-      <c r="T5" s="64">
-        <f t="shared" si="0"/>
+      <c r="T42" s="37">
+        <f t="shared" si="37"/>
         <v>144223</v>
       </c>
-      <c r="U5" s="64">
-        <f t="shared" si="0"/>
+      <c r="U42" s="37">
+        <f t="shared" si="37"/>
         <v>149885</v>
       </c>
-      <c r="V5" s="64">
-        <f t="shared" si="0"/>
+      <c r="V42" s="37">
+        <f t="shared" si="37"/>
         <v>644</v>
       </c>
-      <c r="W5" s="64">
-        <f t="shared" si="0"/>
+      <c r="W42" s="37">
+        <f t="shared" si="37"/>
         <v>1630</v>
       </c>
-      <c r="X5" s="64">
-        <f t="shared" si="0"/>
+      <c r="X42" s="37">
+        <f t="shared" si="37"/>
         <v>5344</v>
       </c>
-      <c r="Y5" s="64">
-        <f t="shared" si="0"/>
+      <c r="Y42" s="37">
+        <f t="shared" si="37"/>
         <v>142267</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="66" t="s">
+      <c r="Z42" s="45"/>
+      <c r="AA42" s="45"/>
+      <c r="AB42" s="45"/>
+      <c r="AC42" s="45"/>
+      <c r="AD42" s="45"/>
+      <c r="AE42" s="45"/>
+      <c r="AF42" s="45"/>
+      <c r="AG42" s="45"/>
+      <c r="AH42" s="45"/>
+      <c r="AI42" s="45"/>
+      <c r="AJ42" s="45"/>
+      <c r="AK42" s="45"/>
+      <c r="AL42" s="45"/>
+      <c r="AM42" s="45"/>
+      <c r="AN42" s="45"/>
+    </row>
+    <row r="43" spans="1:40">
+      <c r="A43" s="39" t="s">
         <v>89</v>
       </c>
-      <c r="B6" s="67">
+      <c r="B43" s="40">
         <v>432</v>
       </c>
-      <c r="C6" s="69"/>
-[...2 lines deleted...]
-        <f t="shared" ref="E6:E9" si="1">B6-C6-D6</f>
+      <c r="C43" s="42"/>
+      <c r="D43" s="42"/>
+      <c r="E43" s="42">
+        <f t="shared" ref="E43:E46" si="38">B43-C43-D43</f>
         <v>432</v>
       </c>
-      <c r="F6" s="81">
+      <c r="F43" s="54">
         <v>4290</v>
       </c>
-      <c r="G6" s="67"/>
-[...1 lines deleted...]
-      <c r="I6" s="67">
+      <c r="G43" s="40"/>
+      <c r="H43" s="40"/>
+      <c r="I43" s="40">
         <v>2</v>
       </c>
-      <c r="J6" s="67">
-        <f t="shared" ref="J6:J11" si="2">F6-G6-H6-I6</f>
+      <c r="J43" s="40">
+        <f t="shared" ref="J43:J48" si="39">F43-G43-H43-I43</f>
         <v>4288</v>
       </c>
-      <c r="K6" s="67">
+      <c r="K43" s="40">
         <v>3830</v>
       </c>
-      <c r="L6" s="67"/>
-[...1 lines deleted...]
-      <c r="N6" s="67">
+      <c r="L43" s="40"/>
+      <c r="M43" s="40"/>
+      <c r="N43" s="40">
         <v>2</v>
       </c>
-      <c r="O6" s="67">
-        <f t="shared" ref="O6:O11" si="3">K6-L6-M6-N6</f>
+      <c r="O43" s="40">
+        <f t="shared" ref="O43:O48" si="40">K43-L43-M43-N43</f>
         <v>3828</v>
       </c>
-      <c r="P6" s="67">
+      <c r="P43" s="40">
         <v>2647</v>
       </c>
-      <c r="Q6" s="67"/>
-[...1 lines deleted...]
-      <c r="S6" s="67">
+      <c r="Q43" s="40"/>
+      <c r="R43" s="40"/>
+      <c r="S43" s="40">
         <v>2</v>
       </c>
-      <c r="T6" s="67">
-        <f t="shared" ref="T6:T11" si="4">P6-Q6-R6-S6</f>
+      <c r="T43" s="40">
+        <f t="shared" ref="T43:T48" si="41">P43-Q43-R43-S43</f>
         <v>2645</v>
       </c>
-      <c r="U6" s="67">
+      <c r="U43" s="40">
         <v>1959</v>
       </c>
-      <c r="V6" s="67"/>
-[...1 lines deleted...]
-      <c r="X6" s="67">
+      <c r="V43" s="40"/>
+      <c r="W43" s="40"/>
+      <c r="X43" s="40">
         <v>2</v>
       </c>
-      <c r="Y6" s="67">
-        <f t="shared" ref="Y6:Y9" si="5">U6-V6-W6-X6</f>
+      <c r="Y43" s="40">
+        <f t="shared" ref="Y43:Y46" si="42">U43-V43-W43-X43</f>
         <v>1957</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="66" t="s">
+      <c r="Z43" s="38"/>
+      <c r="AA43" s="38"/>
+      <c r="AB43" s="38"/>
+      <c r="AC43" s="38"/>
+      <c r="AD43" s="38"/>
+      <c r="AE43" s="38"/>
+      <c r="AF43" s="38"/>
+      <c r="AG43" s="38"/>
+      <c r="AH43" s="38"/>
+      <c r="AI43" s="38"/>
+      <c r="AJ43" s="38"/>
+      <c r="AK43" s="38"/>
+      <c r="AL43" s="38"/>
+      <c r="AM43" s="38"/>
+      <c r="AN43" s="38"/>
+    </row>
+    <row r="44" spans="1:40">
+      <c r="A44" s="39" t="s">
         <v>90</v>
       </c>
-      <c r="B7" s="68">
+      <c r="B44" s="41">
         <v>502</v>
       </c>
-      <c r="C7" s="69"/>
-[...2 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="C44" s="42"/>
+      <c r="D44" s="42"/>
+      <c r="E44" s="42">
+        <f t="shared" si="38"/>
         <v>502</v>
       </c>
-      <c r="F7" s="82">
+      <c r="F44" s="55">
         <v>1133</v>
       </c>
-      <c r="G7" s="68"/>
-[...3 lines deleted...]
-        <f t="shared" si="2"/>
+      <c r="G44" s="41"/>
+      <c r="H44" s="41"/>
+      <c r="I44" s="41"/>
+      <c r="J44" s="41">
+        <f t="shared" si="39"/>
         <v>1133</v>
       </c>
-      <c r="K7" s="68">
+      <c r="K44" s="41">
         <v>611</v>
       </c>
-      <c r="L7" s="68"/>
-[...3 lines deleted...]
-        <f t="shared" si="3"/>
+      <c r="L44" s="41"/>
+      <c r="M44" s="41"/>
+      <c r="N44" s="41"/>
+      <c r="O44" s="41">
+        <f t="shared" si="40"/>
         <v>611</v>
       </c>
-      <c r="P7" s="68">
+      <c r="P44" s="41">
         <v>715</v>
       </c>
-      <c r="Q7" s="68"/>
-[...3 lines deleted...]
-        <f t="shared" si="4"/>
+      <c r="Q44" s="41"/>
+      <c r="R44" s="41"/>
+      <c r="S44" s="41"/>
+      <c r="T44" s="41">
+        <f t="shared" si="41"/>
         <v>715</v>
       </c>
-      <c r="U7" s="68">
+      <c r="U44" s="41">
         <v>1021</v>
       </c>
-      <c r="V7" s="68"/>
-[...3 lines deleted...]
-        <f t="shared" si="5"/>
+      <c r="V44" s="41"/>
+      <c r="W44" s="41"/>
+      <c r="X44" s="41"/>
+      <c r="Y44" s="41">
+        <f t="shared" si="42"/>
         <v>1021</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="66" t="s">
+      <c r="Z44" s="38"/>
+      <c r="AA44" s="38"/>
+      <c r="AB44" s="38"/>
+      <c r="AC44" s="38"/>
+      <c r="AD44" s="38"/>
+      <c r="AE44" s="38"/>
+      <c r="AF44" s="38"/>
+      <c r="AG44" s="38"/>
+      <c r="AH44" s="38"/>
+      <c r="AI44" s="38"/>
+      <c r="AJ44" s="38"/>
+      <c r="AK44" s="38"/>
+      <c r="AL44" s="38"/>
+      <c r="AM44" s="38"/>
+      <c r="AN44" s="38"/>
+    </row>
+    <row r="45" spans="1:40">
+      <c r="A45" s="39" t="s">
         <v>91</v>
       </c>
-      <c r="B8" s="68">
+      <c r="B45" s="41">
         <v>4508</v>
       </c>
-      <c r="C8" s="69"/>
-[...2 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="C45" s="42"/>
+      <c r="D45" s="42"/>
+      <c r="E45" s="42">
+        <f t="shared" si="38"/>
         <v>4508</v>
       </c>
-      <c r="F8" s="82">
+      <c r="F45" s="55">
         <v>5761</v>
       </c>
-      <c r="G8" s="68"/>
-[...3 lines deleted...]
-        <f t="shared" si="2"/>
+      <c r="G45" s="41"/>
+      <c r="H45" s="41"/>
+      <c r="I45" s="41"/>
+      <c r="J45" s="41">
+        <f t="shared" si="39"/>
         <v>5761</v>
       </c>
-      <c r="K8" s="68">
+      <c r="K45" s="41">
         <v>2614</v>
       </c>
-      <c r="L8" s="68"/>
-[...3 lines deleted...]
-        <f t="shared" si="3"/>
+      <c r="L45" s="41"/>
+      <c r="M45" s="41"/>
+      <c r="N45" s="41"/>
+      <c r="O45" s="41">
+        <f t="shared" si="40"/>
         <v>2614</v>
       </c>
-      <c r="P8" s="68">
+      <c r="P45" s="41">
         <v>3379</v>
       </c>
-      <c r="Q8" s="68"/>
-[...3 lines deleted...]
-        <f t="shared" si="4"/>
+      <c r="Q45" s="41"/>
+      <c r="R45" s="41"/>
+      <c r="S45" s="41"/>
+      <c r="T45" s="41">
+        <f t="shared" si="41"/>
         <v>3379</v>
       </c>
-      <c r="U8" s="68">
+      <c r="U45" s="41">
         <v>3496</v>
       </c>
-      <c r="V8" s="68"/>
-[...3 lines deleted...]
-        <f t="shared" si="5"/>
+      <c r="V45" s="41"/>
+      <c r="W45" s="41"/>
+      <c r="X45" s="41"/>
+      <c r="Y45" s="41">
+        <f t="shared" si="42"/>
         <v>3496</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="71" t="s">
+      <c r="Z45" s="38"/>
+      <c r="AA45" s="38"/>
+      <c r="AB45" s="38"/>
+      <c r="AC45" s="38"/>
+      <c r="AD45" s="38"/>
+      <c r="AE45" s="38"/>
+      <c r="AF45" s="38"/>
+      <c r="AG45" s="38"/>
+      <c r="AH45" s="38"/>
+      <c r="AI45" s="38"/>
+      <c r="AJ45" s="38"/>
+      <c r="AK45" s="38"/>
+      <c r="AL45" s="38"/>
+      <c r="AM45" s="38"/>
+      <c r="AN45" s="38"/>
+    </row>
+    <row r="46" spans="1:40" ht="15.75" customHeight="1">
+      <c r="A46" s="44" t="s">
         <v>92</v>
       </c>
-      <c r="B9" s="68">
+      <c r="B46" s="41">
         <f>309+104</f>
         <v>413</v>
       </c>
-      <c r="C9" s="69"/>
-[...2 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="C46" s="42"/>
+      <c r="D46" s="42"/>
+      <c r="E46" s="42">
+        <f t="shared" si="38"/>
         <v>413</v>
       </c>
-      <c r="F9" s="82">
+      <c r="F46" s="55">
         <f>981+1211</f>
         <v>2192</v>
       </c>
-      <c r="G9" s="68"/>
-[...3 lines deleted...]
-        <f t="shared" si="2"/>
+      <c r="G46" s="41"/>
+      <c r="H46" s="41"/>
+      <c r="I46" s="41"/>
+      <c r="J46" s="41">
+        <f t="shared" si="39"/>
         <v>2192</v>
       </c>
-      <c r="K9" s="68">
+      <c r="K46" s="41">
         <f>458+257</f>
         <v>715</v>
       </c>
-      <c r="L9" s="68"/>
-[...3 lines deleted...]
-        <f t="shared" si="3"/>
+      <c r="L46" s="41"/>
+      <c r="M46" s="41"/>
+      <c r="N46" s="41"/>
+      <c r="O46" s="41">
+        <f t="shared" si="40"/>
         <v>715</v>
       </c>
-      <c r="P9" s="68">
+      <c r="P46" s="41">
         <f>577+1192</f>
         <v>1769</v>
       </c>
-      <c r="Q9" s="68"/>
-[...3 lines deleted...]
-        <f t="shared" si="4"/>
+      <c r="Q46" s="41"/>
+      <c r="R46" s="41"/>
+      <c r="S46" s="41"/>
+      <c r="T46" s="41">
+        <f t="shared" si="41"/>
         <v>1769</v>
       </c>
-      <c r="U9" s="68">
+      <c r="U46" s="41">
         <f>20+264</f>
         <v>284</v>
       </c>
-      <c r="V9" s="68"/>
-[...3 lines deleted...]
-        <f t="shared" si="5"/>
+      <c r="V46" s="41"/>
+      <c r="W46" s="41"/>
+      <c r="X46" s="41"/>
+      <c r="Y46" s="41">
+        <f t="shared" si="42"/>
         <v>284</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="71" t="s">
+      <c r="Z46" s="38"/>
+      <c r="AA46" s="38"/>
+      <c r="AB46" s="38"/>
+      <c r="AC46" s="38"/>
+      <c r="AD46" s="38"/>
+      <c r="AE46" s="38"/>
+      <c r="AF46" s="38"/>
+      <c r="AG46" s="38"/>
+      <c r="AH46" s="38"/>
+      <c r="AI46" s="38"/>
+      <c r="AJ46" s="38"/>
+      <c r="AK46" s="38"/>
+      <c r="AL46" s="38"/>
+      <c r="AM46" s="38"/>
+      <c r="AN46" s="38"/>
+    </row>
+    <row r="47" spans="1:40">
+      <c r="A47" s="44" t="s">
         <v>93</v>
       </c>
-      <c r="B10" s="68">
+      <c r="B47" s="41">
         <v>126867</v>
       </c>
-      <c r="C10" s="69">
+      <c r="C47" s="42">
         <v>796</v>
       </c>
-      <c r="D10" s="69">
+      <c r="D47" s="42">
         <v>2391</v>
       </c>
-      <c r="E10" s="68">
-        <f>B10-C10-D10</f>
+      <c r="E47" s="41">
+        <f>B47-C47-D47</f>
         <v>123680</v>
       </c>
-      <c r="F10" s="82">
+      <c r="F47" s="55">
         <v>149335</v>
       </c>
-      <c r="G10" s="68">
+      <c r="G47" s="41">
         <v>744</v>
       </c>
-      <c r="H10" s="68">
+      <c r="H47" s="41">
         <v>2001</v>
       </c>
-      <c r="I10" s="68">
+      <c r="I47" s="41">
         <v>14377</v>
       </c>
-      <c r="J10" s="68">
-        <f t="shared" si="2"/>
+      <c r="J47" s="41">
+        <f t="shared" si="39"/>
         <v>132213</v>
       </c>
-      <c r="K10" s="68">
+      <c r="K47" s="41">
         <v>125670</v>
       </c>
-      <c r="L10" s="68">
+      <c r="L47" s="41">
         <v>709</v>
       </c>
-      <c r="M10" s="68">
+      <c r="M47" s="41">
         <v>1880</v>
       </c>
-      <c r="N10" s="68">
+      <c r="N47" s="41">
         <v>9060</v>
       </c>
-      <c r="O10" s="68">
-        <f t="shared" si="3"/>
+      <c r="O47" s="41">
+        <f t="shared" si="40"/>
         <v>114021</v>
       </c>
-      <c r="P10" s="68">
+      <c r="P47" s="41">
         <v>132719</v>
       </c>
-      <c r="Q10" s="68">
+      <c r="Q47" s="41">
         <v>666</v>
       </c>
-      <c r="R10" s="68">
+      <c r="R47" s="41">
         <v>1750</v>
       </c>
-      <c r="S10" s="68">
+      <c r="S47" s="41">
         <v>6543</v>
       </c>
-      <c r="T10" s="68">
-        <f t="shared" si="4"/>
+      <c r="T47" s="41">
+        <f t="shared" si="41"/>
         <v>123760</v>
       </c>
-      <c r="U10" s="68">
+      <c r="U47" s="41">
         <f>128517</f>
         <v>128517</v>
       </c>
-      <c r="V10" s="68">
+      <c r="V47" s="41">
         <v>644</v>
       </c>
-      <c r="W10" s="68">
+      <c r="W47" s="41">
         <v>1630</v>
       </c>
-      <c r="X10" s="68">
+      <c r="X47" s="41">
         <v>5105</v>
       </c>
-      <c r="Y10" s="68">
-        <f>U10-V10-W10-X10</f>
+      <c r="Y47" s="41">
+        <f>U47-V47-W47-X47</f>
         <v>121138</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="66" t="s">
+      <c r="Z47" s="38"/>
+      <c r="AA47" s="38"/>
+      <c r="AB47" s="38"/>
+      <c r="AC47" s="38"/>
+      <c r="AD47" s="38"/>
+      <c r="AE47" s="38"/>
+      <c r="AF47" s="38"/>
+      <c r="AG47" s="38"/>
+      <c r="AH47" s="38"/>
+      <c r="AI47" s="38"/>
+      <c r="AJ47" s="38"/>
+      <c r="AK47" s="38"/>
+      <c r="AL47" s="38"/>
+      <c r="AM47" s="38"/>
+      <c r="AN47" s="38"/>
+    </row>
+    <row r="48" spans="1:40">
+      <c r="A48" s="39" t="s">
         <v>94</v>
       </c>
-      <c r="B11" s="68">
+      <c r="B48" s="41">
         <v>11564</v>
       </c>
-      <c r="C11" s="69"/>
-[...2 lines deleted...]
-        <f t="shared" ref="E11" si="6">B11-C11-D11</f>
+      <c r="C48" s="42"/>
+      <c r="D48" s="42"/>
+      <c r="E48" s="42">
+        <f t="shared" ref="E48" si="43">B48-C48-D48</f>
         <v>11564</v>
       </c>
-      <c r="F11" s="82">
+      <c r="F48" s="55">
         <v>18711</v>
       </c>
-      <c r="G11" s="68"/>
-[...1 lines deleted...]
-      <c r="I11" s="68">
+      <c r="G48" s="41"/>
+      <c r="H48" s="41"/>
+      <c r="I48" s="41">
         <v>282</v>
       </c>
-      <c r="J11" s="68">
-        <f t="shared" si="2"/>
+      <c r="J48" s="41">
+        <f t="shared" si="39"/>
         <v>18429</v>
       </c>
-      <c r="K11" s="68">
+      <c r="K48" s="41">
         <v>12292</v>
       </c>
-      <c r="L11" s="68"/>
-[...1 lines deleted...]
-      <c r="N11" s="68">
+      <c r="L48" s="41"/>
+      <c r="M48" s="41"/>
+      <c r="N48" s="41">
         <v>237</v>
       </c>
-      <c r="O11" s="68">
-        <f t="shared" si="3"/>
+      <c r="O48" s="41">
+        <f t="shared" si="40"/>
         <v>12055</v>
       </c>
-      <c r="P11" s="68">
+      <c r="P48" s="41">
         <v>12192</v>
       </c>
-      <c r="Q11" s="68"/>
-[...1 lines deleted...]
-      <c r="S11" s="68">
+      <c r="Q48" s="41"/>
+      <c r="R48" s="41"/>
+      <c r="S48" s="41">
         <v>237</v>
       </c>
-      <c r="T11" s="68">
-        <f t="shared" si="4"/>
+      <c r="T48" s="41">
+        <f t="shared" si="41"/>
         <v>11955</v>
       </c>
-      <c r="U11" s="68">
+      <c r="U48" s="41">
         <f>14305+303</f>
         <v>14608</v>
       </c>
-      <c r="V11" s="68"/>
-[...1 lines deleted...]
-      <c r="X11" s="68">
+      <c r="V48" s="41"/>
+      <c r="W48" s="41"/>
+      <c r="X48" s="41">
         <v>237</v>
       </c>
-      <c r="Y11" s="68">
-        <f t="shared" ref="Y11" si="7">U11-V11-W11-X11</f>
+      <c r="Y48" s="41">
+        <f t="shared" ref="Y48" si="44">U48-V48-W48-X48</f>
         <v>14371</v>
       </c>
-    </row>
-[...2703 lines deleted...]
-    <row r="61" spans="1:40" s="65" customFormat="1"/>
+      <c r="Z48" s="38"/>
+      <c r="AA48" s="38"/>
+      <c r="AB48" s="38"/>
+      <c r="AC48" s="38"/>
+      <c r="AD48" s="38"/>
+      <c r="AE48" s="38"/>
+      <c r="AF48" s="38"/>
+      <c r="AG48" s="38"/>
+      <c r="AH48" s="38"/>
+      <c r="AI48" s="38"/>
+      <c r="AJ48" s="38"/>
+      <c r="AK48" s="38"/>
+      <c r="AL48" s="38"/>
+      <c r="AM48" s="38"/>
+      <c r="AN48" s="38"/>
+    </row>
   </sheetData>
-  <mergeCells count="40">
-[...39 lines deleted...]
-    <mergeCell ref="G15:L15"/>
+  <mergeCells count="60">
+    <mergeCell ref="B40:B41"/>
+    <mergeCell ref="F40:F41"/>
+    <mergeCell ref="K40:K41"/>
+    <mergeCell ref="P40:P41"/>
+    <mergeCell ref="U40:U41"/>
+    <mergeCell ref="U39:Y39"/>
+    <mergeCell ref="P39:T39"/>
+    <mergeCell ref="K39:O39"/>
+    <mergeCell ref="F39:J39"/>
+    <mergeCell ref="B39:E39"/>
+    <mergeCell ref="V40:Y40"/>
+    <mergeCell ref="Q40:T40"/>
+    <mergeCell ref="L40:O40"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="C40:E40"/>
+    <mergeCell ref="Y2:AF2"/>
+    <mergeCell ref="AG2:AN2"/>
+    <mergeCell ref="C3:H3"/>
+    <mergeCell ref="J3:P3"/>
+    <mergeCell ref="R3:X3"/>
+    <mergeCell ref="Z3:AF3"/>
+    <mergeCell ref="AH3:AN3"/>
+    <mergeCell ref="I3:I4"/>
+    <mergeCell ref="Q3:Q4"/>
+    <mergeCell ref="Y3:Y4"/>
+    <mergeCell ref="AG3:AG4"/>
+    <mergeCell ref="H14:N14"/>
+    <mergeCell ref="B14:G14"/>
+    <mergeCell ref="M26:R26"/>
+    <mergeCell ref="N27:R27"/>
+    <mergeCell ref="B2:H2"/>
+    <mergeCell ref="I2:P2"/>
+    <mergeCell ref="Q2:X2"/>
+    <mergeCell ref="B27:B28"/>
+    <mergeCell ref="G27:G28"/>
+    <mergeCell ref="M27:M28"/>
+    <mergeCell ref="S27:S28"/>
+    <mergeCell ref="B15:B16"/>
+    <mergeCell ref="H15:H16"/>
+    <mergeCell ref="O15:O16"/>
+    <mergeCell ref="V15:V16"/>
+    <mergeCell ref="B3:B4"/>
+    <mergeCell ref="S26:X26"/>
+    <mergeCell ref="T27:X27"/>
+    <mergeCell ref="O14:U14"/>
+    <mergeCell ref="P15:U15"/>
+    <mergeCell ref="V14:AB14"/>
+    <mergeCell ref="W15:AB15"/>
+    <mergeCell ref="Y26:AD26"/>
+    <mergeCell ref="Z27:AD27"/>
+    <mergeCell ref="AC14:AI14"/>
+    <mergeCell ref="AD15:AI15"/>
+    <mergeCell ref="Y27:Y28"/>
+    <mergeCell ref="AC15:AC16"/>
+    <mergeCell ref="C27:F27"/>
+    <mergeCell ref="B26:F26"/>
+    <mergeCell ref="H27:L27"/>
+    <mergeCell ref="G26:L26"/>
+    <mergeCell ref="C15:G15"/>
+    <mergeCell ref="I15:N15"/>
   </mergeCells>
   <pageMargins left="0.27559055118110237" right="0.27559055118110237" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="74" fitToWidth="2" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:K83"/>
   <sheetViews>
     <sheetView zoomScale="80" workbookViewId="0">
       <selection activeCell="I71" sqref="I71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75"/>
   <cols>
     <col min="1" max="1" width="36.85546875" style="1" customWidth="1"/>
     <col min="2" max="3" width="9.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="10.7109375" style="1" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="1" customWidth="1"/>
     <col min="7" max="7" width="11" style="1" customWidth="1"/>
     <col min="8" max="8" width="16.42578125" style="1" customWidth="1"/>
     <col min="9" max="9" width="17.42578125" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="1"/>
   </cols>