--- v0 (2025-10-20)
+++ v1 (2026-03-14)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\h.yukova\Desktop\ЦРС\ЗВІТИ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\h.yukova\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\B1VDEDUJ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{54356920-FCE2-4DAE-9E36-3E9C87E5779E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F33A8779-039E-472E-B169-0DD486818B10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -729,52 +729,52 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J42"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
-      <selection activeCell="C12" sqref="C12"/>
+    <sheetView tabSelected="1" topLeftCell="A16" zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
+      <selection activeCell="M38" sqref="M38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.7109375" customWidth="1"/>
     <col min="2" max="2" width="16.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="12"/>
       <c r="C1" s="12"/>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
       <c r="G1" s="12"/>
       <c r="H1" s="12"/>
       <c r="I1" s="12"/>
       <c r="J1" s="12"/>
     </row>
     <row r="2" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="12" t="s">
         <v>1</v>
@@ -1727,60 +1727,60 @@
       </c>
       <c r="F36" s="6">
         <v>0</v>
       </c>
       <c r="G36" s="6">
         <v>0</v>
       </c>
       <c r="H36" s="6">
         <v>0</v>
       </c>
       <c r="I36" s="6">
         <v>0</v>
       </c>
       <c r="J36" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="9">
         <v>9</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>57</v>
       </c>
       <c r="C37" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D37" s="6">
         <v>0</v>
       </c>
       <c r="E37" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F37" s="6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G37" s="6">
         <v>0</v>
       </c>
       <c r="H37" s="6">
         <v>0</v>
       </c>
       <c r="I37" s="6">
         <v>0</v>
       </c>
       <c r="J37" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:10" ht="20.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="9">
         <v>10</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>58</v>
       </c>
       <c r="C38" s="6">
         <v>1</v>
       </c>
       <c r="D38" s="6">
@@ -1885,60 +1885,60 @@
       <c r="E41" s="6">
         <v>0</v>
       </c>
       <c r="F41" s="6">
         <v>0</v>
       </c>
       <c r="G41" s="6">
         <v>0</v>
       </c>
       <c r="H41" s="6">
         <v>0</v>
       </c>
       <c r="I41" s="6">
         <v>0</v>
       </c>
       <c r="J41" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="16" t="s">
         <v>61</v>
       </c>
       <c r="B42" s="17"/>
       <c r="C42" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D42" s="10">
         <v>0</v>
       </c>
       <c r="E42" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F42" s="10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G42" s="10">
         <v>0</v>
       </c>
       <c r="H42" s="10">
         <f>SUM(H12+H20+H21+H26+H31+H32+H35+H36+H37+H38+H39+H40+H41)</f>
         <v>0</v>
       </c>
       <c r="I42" s="10">
         <v>0</v>
       </c>
       <c r="J42" s="10">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="H9:J9"/>
     <mergeCell ref="A42:B42"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="B9:B10"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:D10"/>
     <mergeCell ref="E9:E10"/>
     <mergeCell ref="F9:G9"/>