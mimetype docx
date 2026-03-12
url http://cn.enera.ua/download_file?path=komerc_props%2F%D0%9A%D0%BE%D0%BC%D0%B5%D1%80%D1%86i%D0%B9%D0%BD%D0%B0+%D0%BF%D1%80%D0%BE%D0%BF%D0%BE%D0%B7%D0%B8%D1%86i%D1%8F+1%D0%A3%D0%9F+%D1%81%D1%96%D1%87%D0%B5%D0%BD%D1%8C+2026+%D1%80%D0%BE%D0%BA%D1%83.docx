--- v0 (2026-01-18)
+++ v1 (2026-03-12)
@@ -12,50 +12,52 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="4D5B4952" w14:textId="573A26B0" w:rsidR="00986A9C" w:rsidRPr="00A06953" w:rsidRDefault="00EC0B39" w:rsidP="00EC0B39">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1695"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00A06953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r w:rsidR="00986A9C" w:rsidRPr="00A06953">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Додаток № </w:t>
       </w:r>
       <w:r w:rsidR="00F327D0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4218A9E7" w14:textId="77777777" w:rsidR="00986A9C" w:rsidRPr="00A06953" w:rsidRDefault="00A06953" w:rsidP="00A06953">
       <w:pPr>
         <w:tabs>
@@ -350,282 +352,265 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3289"/>
         <w:gridCol w:w="6506"/>
       </w:tblGrid>
       <w:tr w:rsidR="00986A9C" w:rsidRPr="00A06953" w14:paraId="13448A05" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C1E919C" w14:textId="77777777" w:rsidR="00986A9C" w:rsidRPr="00A06953" w:rsidRDefault="00986A9C" w:rsidP="00B80669">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A06953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Умова</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BC5185D" w14:textId="77777777" w:rsidR="00986A9C" w:rsidRPr="00A06953" w:rsidRDefault="00986A9C" w:rsidP="00B80669">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A06953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Пропозиція</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00986A9C" w:rsidRPr="00A06953" w14:paraId="55C7BBA6" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="476F9A50" w14:textId="77777777" w:rsidR="00986A9C" w:rsidRPr="00EC6BA8" w:rsidRDefault="00986A9C" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Критерії, яким має відповідати особа, що обирає дану комерційну пропозицію</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F7FC741" w14:textId="77777777" w:rsidR="00AB2782" w:rsidRPr="001518D4" w:rsidRDefault="00141AAF" w:rsidP="00141AAF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001518D4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="001518D4" w:rsidRPr="001518D4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">малі непобутові споживачі, </w:t>
             </w:r>
             <w:r w:rsidR="001518D4" w:rsidRPr="001518D4">
               <w:rPr>
                 <w:rStyle w:val="rvts0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>електроустановки яких приєднані до електричних мереж з договірною потужністю до 50 кВт</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="040BDA70" w14:textId="77777777" w:rsidR="00986A9C" w:rsidRPr="001518D4" w:rsidRDefault="00986A9C" w:rsidP="00141AAF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D140F" w:rsidRPr="00A06953" w14:paraId="3EC8A696" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A76BBA6" w14:textId="3AD98901" w:rsidR="006D140F" w:rsidRPr="00EC6BA8" w:rsidRDefault="00653D4C" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Ціна на електричну енергію, у тому числі диференційовані ціни та критерії диференціації</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44E21131" w14:textId="77777777" w:rsidR="006D140F" w:rsidRPr="00AF56DB" w:rsidRDefault="006D140F" w:rsidP="006D140F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF56DB">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Постачання електричної енергії здійснюється за регульованим цінами (тарифами) на електроенергію, що визначаються відповідно до методики (порядку), затвердженої Регулятором, та </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF56DB">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>включають, в тому числі, витрати на розподіл електричної енергії.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D5FF0B2" w14:textId="1321DC68" w:rsidR="00207EC6" w:rsidRPr="00BE264C" w:rsidRDefault="00207EC6" w:rsidP="00207EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE264C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ціна на універсальні послуги для малих непобутових споживачів, електроустановки яких приєднані до мереж АТ "ЧЕРНІГІВОБЛЕНЕРГО" згідно з класом напруги, на </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00085C8C" w:rsidRPr="00085C8C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>січень</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> 2026 </w:t>
+              <w:t xml:space="preserve">січень 2026 </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE264C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> року становить: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74A1BD3E" w14:textId="58B894A7" w:rsidR="00207EC6" w:rsidRPr="0005175D" w:rsidRDefault="00207EC6" w:rsidP="00207EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005175D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -727,169 +712,156 @@
           <w:p w14:paraId="1511C672" w14:textId="61DF476D" w:rsidR="00207EC6" w:rsidRPr="0005175D" w:rsidRDefault="00207EC6" w:rsidP="00207EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005175D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ціна на універсальні послуги для малих непобутових споживачів, електроустановки, яких приєднані до мереж АТ "Укрзалізниця" згідно з класом напруги, на</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00085C8C" w:rsidRPr="00085C8C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>січень</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">січень 2026 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005175D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">року становить: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65F6CC18" w14:textId="567945E3" w:rsidR="00207EC6" w:rsidRPr="0005175D" w:rsidRDefault="00207EC6" w:rsidP="00207EC6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0005175D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">І клас – </w:t>
+            </w:r>
+            <w:r w:rsidR="00B0576F">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
             <w:r w:rsidR="00085C8C" w:rsidRPr="00085C8C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2026 </w:t>
+              <w:t>8,75519</w:t>
+            </w:r>
+            <w:r w:rsidR="00085C8C">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0005175D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">року становить: </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="65F6CC18" w14:textId="567945E3" w:rsidR="00207EC6" w:rsidRPr="0005175D" w:rsidRDefault="00207EC6" w:rsidP="00207EC6">
+              <w:t xml:space="preserve">грн/кВт*год (без ПДВ), </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="480095E7" w14:textId="6AF17A1C" w:rsidR="00207EC6" w:rsidRPr="0005175D" w:rsidRDefault="00207EC6" w:rsidP="00207EC6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0005175D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">І клас – </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B0576F">
+              <w:t xml:space="preserve">ІІ клас – </w:t>
+            </w:r>
+            <w:r w:rsidR="00085C8C" w:rsidRPr="00085C8C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00085C8C" w:rsidRPr="00085C8C">
+              <w:t>10,24145</w:t>
+            </w:r>
+            <w:r w:rsidR="00085C8C">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>8,75519</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0005175D">
-[...44 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="0005175D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>грн/кВт*год (без ПДВ).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="222D81E7" w14:textId="77777777" w:rsidR="00A46715" w:rsidRDefault="00A46715" w:rsidP="00A46715">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="57946C86" w14:textId="2AE13BAC" w:rsidR="006D140F" w:rsidRPr="009E7A7B" w:rsidRDefault="006D140F" w:rsidP="009245B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -973,158 +945,130 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF56DB">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ціна згідно даної комерційної пропозиції може змінюватись у відповідності до нормативно-правових актів, прийнятих та затверджених уповноваженими на це суб’єктами владних повноважень (органами державної влади) у визначеній формі та за встановленою процедурою. У разі зміни ціни Сторони здійснюють розрахунки за новими </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>цінами з дня їх введення в дію.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D140F" w:rsidRPr="00A06953" w14:paraId="03F00BE3" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32ABADCC" w14:textId="34F864B0" w:rsidR="006D140F" w:rsidRPr="00B95F47" w:rsidRDefault="00EC6BA8" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Визначена в ліцензії на провадження господарської діяльності з розподілу (передачі) територія здійснення діяльності оператора системи, доступ до якої має </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> і на якій пропонує комерційну пропозицію</w:t>
+              <w:t>Визначена в ліцензії на провадження господарської діяльності з розподілу (передачі) територія здійснення діяльності оператора системи, доступ до якої має електропостачальник і на якій пропонує комерційну пропозицію</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F3734C3" w14:textId="77777777" w:rsidR="006D140F" w:rsidRPr="00B95F47" w:rsidRDefault="006D140F" w:rsidP="006D140F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B95F47">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Чернігівська область</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D140F" w:rsidRPr="00A06953" w14:paraId="2A3FA139" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B04BE6F" w14:textId="77777777" w:rsidR="006D140F" w:rsidRPr="00EC6BA8" w:rsidRDefault="006D140F" w:rsidP="006D140F">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Спосіб оплати </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="700A804A" w14:textId="77777777" w:rsidR="006D140F" w:rsidRPr="00A06953" w:rsidRDefault="006D140F" w:rsidP="006D140F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A06953">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Оплата електричної енергії здійснюється споживачем у формі попередньої оплати з остаточним розрахунком, що проводиться за фактично відпущену електричну енергію згідно з даними комерційного обліку. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DE87A29" w14:textId="77777777" w:rsidR="006D140F" w:rsidRPr="00A06953" w:rsidRDefault="006D140F" w:rsidP="006D140F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1145,2237 +1089,695 @@
               <w:t>обсягу споживання електричної енергії на відповідний розрахунковий період.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AA36AA9" w14:textId="77777777" w:rsidR="006D140F" w:rsidRPr="00A06953" w:rsidRDefault="006D140F" w:rsidP="006D140F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A06953">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Оплата здійснюється на поточний рахунок із спеціальним режимом використання Постачальника, зазначений у Договорі або розрахункових документах.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00653D4C" w:rsidRPr="00A06953" w14:paraId="4007F1DB" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6618DAA7" w14:textId="2B59E6CF" w:rsidR="00653D4C" w:rsidRPr="00EC6BA8" w:rsidRDefault="00653D4C" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Термін</w:t>
-[...111 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Термін (строк)  виставлення рахунку за спожиту електричну енергію</w:t>
+            </w:r>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6289156D" w14:textId="77777777" w:rsidR="00653D4C" w:rsidRPr="00A06953" w:rsidRDefault="00653D4C" w:rsidP="006D140F">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Рахунок надається Споживачу не пізніше десятого робочого дня місяця, наступного за розрахунковим. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00653D4C" w:rsidRPr="00A06953" w14:paraId="7C6F8838" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BD630AF" w14:textId="7F50CC3E" w:rsidR="00653D4C" w:rsidRPr="00EC6BA8" w:rsidRDefault="00653D4C" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Термін</w:t>
-[...89 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Термін (строк) оплати рахунку за спожиту електричну енергію</w:t>
+            </w:r>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3316600C" w14:textId="77777777" w:rsidR="00653D4C" w:rsidRPr="00A06953" w:rsidRDefault="00653D4C" w:rsidP="006D140F">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>П</w:t>
             </w:r>
             <w:r w:rsidRPr="00A06953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ротягом 5 робочих днів від дати отримання рахунка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D140F" w:rsidRPr="00A06953" w14:paraId="3E4B07F1" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DC9C0B5" w14:textId="4A4B20D8" w:rsidR="006D140F" w:rsidRPr="00EC6BA8" w:rsidRDefault="00242562" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00242562">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Визначення</w:t>
-[...111 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Визначення способу оплати послуг з розподілу та передачі електричної енергії</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FF2BD0B" w14:textId="7C072233" w:rsidR="006D140F" w:rsidRPr="00EB6236" w:rsidRDefault="00242562" w:rsidP="00242562">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF2771">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Вартість послуг з розподілу та передачі електричної енергії сплачуються Споживачем через Постачальника</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B401B7">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>з наступним переведенням цієї оплати оператору системи передачі та оператору системи розподілу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D140F" w:rsidRPr="00A06953" w14:paraId="4E10AEC4" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F7C8430" w14:textId="0119AA12" w:rsidR="006D140F" w:rsidRPr="00EC6BA8" w:rsidRDefault="00653D4C" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Розмір пені за порушення строку оплати або штраф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46E804E5" w14:textId="77777777" w:rsidR="006D140F" w:rsidRPr="00A06953" w:rsidRDefault="006D140F" w:rsidP="006D140F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A06953">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>За внесення платежів, передбачених умовами Договору, з порушенням термінів, визначених цією комерційною пропозицією, Споживач сплачує Постачальнику пеню у розмірі подвійної облікової ставки НБУ від суми заборгованості за кожний день прострочення платежу, враховуючи день фактичної оплати</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC6BA8" w:rsidRPr="00A06953" w14:paraId="20D5E797" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="710D6C6B" w14:textId="5F4112DF" w:rsidR="00EC6BA8" w:rsidRPr="00EC6BA8" w:rsidRDefault="00EC6BA8" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Зобов'язання щодо компенсації споживачу за недотримання </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> комерційної якості надання послуг</w:t>
+              <w:t>Зобов'язання щодо компенсації споживачу за недотримання електропостачальником комерційної якості надання послуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B052F32" w14:textId="77777777" w:rsidR="00EC6BA8" w:rsidRPr="00A06953" w:rsidRDefault="00EC6BA8" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A06953">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">За недотримання Постачальником комерційної якості надання послуг Споживачу надається компенсація в обсягах та у порядку, затверджених Регулятором. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00F0616B" w14:textId="77777777" w:rsidR="00EC6BA8" w:rsidRPr="00A06953" w:rsidRDefault="00EC6BA8" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC6BA8" w:rsidRPr="00A06953" w14:paraId="49969E65" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49225BA8" w14:textId="1B27B65D" w:rsidR="00EC6BA8" w:rsidRPr="00EC6BA8" w:rsidRDefault="00EC6BA8" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Наявність або відсутність штрафу за дострокове припинення дії договору, розмір штрафу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46230C2B" w14:textId="77777777" w:rsidR="00EC6BA8" w:rsidRPr="00C151AA" w:rsidRDefault="00EC6BA8" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C151AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">У </w:t>
-[...737 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>У випадку не повідомлення Постачальника, або повідомлення з порушенням строків, встановлених Правилами роздрібного ринку електричної енергії, затверджених Постановою НКРЕКП № 312 від 14.03.2018, про дострокове припинення (розірвання) договору споживачем, Споживач сплачує штраф у розмірі вартості електричної енергії, заявленої, як прогнозований обсяг споживання, в місяці, в якому було подано повідомлення про дострокове припинення дії договору, або, у разі не повідомлення - в останньому місяці постачання.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D140F" w:rsidRPr="00A06953" w14:paraId="696DB475" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32475B30" w14:textId="1F7A63F9" w:rsidR="006D140F" w:rsidRPr="00EC6BA8" w:rsidRDefault="00653D4C" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Строк  дії Договору та умови пролонгації</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="768219C0" w14:textId="44CD8BF2" w:rsidR="006D140F" w:rsidRPr="00A06953" w:rsidRDefault="006D140F" w:rsidP="006D140F">
+          <w:p w14:paraId="768219C0" w14:textId="4A40328E" w:rsidR="006D140F" w:rsidRPr="00A06953" w:rsidRDefault="006D140F" w:rsidP="006D140F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>до 31 грудня 202</w:t>
             </w:r>
-            <w:r w:rsidR="00C667BC">
+            <w:r w:rsidR="00426AB9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="009F59BC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A06953">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">року. </w:t>
-[...410 lines deleted...]
-              <w:t xml:space="preserve"> умов.</w:t>
+              <w:t>року. Договір  вважається продовженим  на  кожний наступний  календарний  рік,  якщо  за  місяць до закінчення терміну дії Договору жодною із Сторін не буде  заявлено про припинення його дії або перегляд його умов.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7822C85E" w14:textId="77777777" w:rsidR="006D140F" w:rsidRPr="00A06953" w:rsidRDefault="006D140F" w:rsidP="006D140F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A06953">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Керуючись ч. 3 ст. 631 Цивільного кодексу України,  Сторони домовились, що умови даного Договору  застосовуються до відносин між Сторонами, які виникли до  укладання Договору, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">з «___»_______________20     </w:t>
             </w:r>
             <w:r w:rsidRPr="00A06953">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> року.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D140F" w:rsidRPr="00A06953" w14:paraId="7923527B" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30B0E584" w14:textId="67F0E9FA" w:rsidR="006D140F" w:rsidRPr="00EC6BA8" w:rsidRDefault="00653D4C" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Урахування    пільг/субсидії</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D61B9D8" w14:textId="77777777" w:rsidR="006D140F" w:rsidRPr="00B95F47" w:rsidRDefault="006D140F" w:rsidP="006D140F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B95F47">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Не </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Не надаються</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D140F" w:rsidRPr="00A06953" w14:paraId="10A8ED8E" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B202FAB" w14:textId="77777777" w:rsidR="006D140F" w:rsidRPr="00EC6BA8" w:rsidRDefault="006D140F" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Можливість постачання захищеним споживачам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7CD19E0A" w14:textId="77777777" w:rsidR="006D140F" w:rsidRPr="00B95F47" w:rsidRDefault="006D140F" w:rsidP="006D140F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B95F47">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Постачання електричної енергії здійснюється відповідно до Порядку забезпечення постачання електричної енергії захищеним споживачам, затвердженого Постановою Кабінету Міністрів України від 27.12.2018 № 1209 зі змінами</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00162371" w:rsidRPr="00A06953" w14:paraId="69AC76B4" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26074EB8" w14:textId="144FAF24" w:rsidR="00162371" w:rsidRPr="00EC6BA8" w:rsidRDefault="00162371" w:rsidP="00EC6BA8">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
-              <w:t>Податкові</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Податкові зобов’язання</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3EFBD6E5" w14:textId="77777777" w:rsidR="00162371" w:rsidRPr="004E2C92" w:rsidRDefault="00162371" w:rsidP="00162371">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E2C92">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Споживач зобов’язаний здійснити реєстрацію розрахунків коригування у Єдиному реєстрі податкових накладних у терміни, встановлені Податковим кодексом України, якщо обов’язок такої реєстрації відповідно до вимог Податкового кодексу України покладено на Споживача.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E6FEAD4" w14:textId="77777777" w:rsidR="00162371" w:rsidRPr="004E2C92" w:rsidRDefault="00162371" w:rsidP="00162371">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3437,82 +1839,80 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E2C92">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>У випадку повернення за відповідним зверненням Споживача авансового платежу або  його частини після спливу 1095 днів з дати отримання авансового платежу Постачальником, що відповідно до пункту 192.1 статті 192 Податкового кодексу України призводить до неможливості реєстрації відповідного розрахунку коригування до податкової накладної в Єдиному реєстрі податкових накладних, Споживач сплачує Постачальнику штраф у розмірі 20 % від суми авансового платежу, що був повернутий Споживачу</w:t>
             </w:r>
             <w:r w:rsidRPr="004E2C92">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00512754" w:rsidRPr="00A06953" w14:paraId="4559B02F" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05554568" w14:textId="22036D57" w:rsidR="00512754" w:rsidRPr="00834750" w:rsidRDefault="00512754" w:rsidP="00512754">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Електронний документообіг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="788658ED" w14:textId="77777777" w:rsidR="00512754" w:rsidRPr="005D1AAB" w:rsidRDefault="00512754" w:rsidP="00512754">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D1AAB">
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Обмін документами здійснюється з застосуванням положень Закону України «Про електронні документи та електронний документообіг», Закону України «Про електронні довірчі послуги».</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="550E7063" w14:textId="77777777" w:rsidR="00512754" w:rsidRPr="005D1AAB" w:rsidRDefault="00512754" w:rsidP="00512754">
             <w:pPr>
@@ -3656,83 +2056,81 @@
             </w:pPr>
             <w:r w:rsidRPr="005D1AAB">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Сторони визнають, що електронні документи, підписані з використанням КЕП та передані через систему електронного документообігу, мають повну юридичну силу, породжують права та обов’язки для Сторін, можуть бути представлені до суду в якості належних доказів та</w:t>
             </w:r>
             <w:r w:rsidRPr="005D1AAB">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ідентичні за змістом та реквізитами з документами в письмовому вигляді на паперових носіях.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F327D0" w:rsidRPr="00A06953" w14:paraId="1DE8AEBC" w14:textId="77777777" w:rsidTr="00653D4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BAE273E" w14:textId="77777777" w:rsidR="00F327D0" w:rsidRPr="00EC6BA8" w:rsidRDefault="00F327D0" w:rsidP="00F327D0">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="green"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC6BA8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Інші умови</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6506" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B198278" w14:textId="77777777" w:rsidR="00F327D0" w:rsidRPr="002F3466" w:rsidRDefault="00F327D0" w:rsidP="00F327D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F3466">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Інформування Споживача, з яким укладено Договір, про зміни в умовах Договору, про закінчення терміну дії, зміну тарифів, суми до сплати по рахунках</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB5225">
               <w:rPr>
@@ -4007,114 +2405,82 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB51C7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>- відмітка про реєстрацію вхідної кореспонденції;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="772719EE" w14:textId="77777777" w:rsidR="00F327D0" w:rsidRPr="00BB51C7" w:rsidRDefault="00F327D0" w:rsidP="00F327D0">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB51C7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">-дата його відкриття споживачем на персональній сторінці (особовому кабінеті) споживача на офіційному </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>-дата його відкриття споживачем на персональній сторінці (особовому кабінеті) споживача на офіційному вебсайті електропостачальника;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44C102F4" w14:textId="3B9B1259" w:rsidR="00162371" w:rsidRPr="00BB51C7" w:rsidRDefault="00F327D0" w:rsidP="00F327D0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BB51C7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>вебсайті</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>- дата отримання іншими засобами комунікації (електронною поштою, факсимільним зв'язком тощо) чи в інший спосіб з використанням інформаційних технологій у системі електронного документообігу у порядку, передбаченому договором про постачання електричної енергії споживачу та комерційною пропозицією та/або договором споживача на розподіл (передачу) електричної енергії;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45352594" w14:textId="77777777" w:rsidR="00F327D0" w:rsidRDefault="00F327D0" w:rsidP="00F327D0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BB51C7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...46 lines deleted...]
-              </w:rPr>
               <w:t>-третій календарний день з дати його отримання поштовим відділенням зв'язку, на території обслуговування якого розташований об'єкт споживача (у разі направлення засобами поштового зв'язку рекомендованим або цінним листом)</w:t>
             </w:r>
             <w:r w:rsidR="00162371">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F7BEB80" w14:textId="186C5A17" w:rsidR="00A157EA" w:rsidRDefault="00F327D0" w:rsidP="00F327D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D75D21">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>У разі відправлення повідомлень та платіжних документів (авансових платежів, планових платежів, рахунків за фактично спожиту електричну енергію</w:t>
             </w:r>
@@ -4126,51 +2492,51 @@
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="004E2C92">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">попереджень про припинення постачання електричної енергії, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D75D21">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>тощо) засобами електронного зв’язку, датою отримання таких документів буде вважатися дата отримання зворотного листа Споживача, або дата автоматичного підтвердження про отримання листа адресатом, що повертається на електронну адресу, або сплив 3-х календарних днів від дати відправлення відповідного документу/повідомлення Споживачу</w:t>
             </w:r>
             <w:r w:rsidR="00691B38">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F15AF09" w14:textId="03327FF1" w:rsidR="00A157EA" w:rsidRPr="000B6943" w:rsidRDefault="00085C8C" w:rsidP="000B6943">
+          <w:p w14:paraId="1F15AF09" w14:textId="03327FF1" w:rsidR="00A157EA" w:rsidRPr="000B6943" w:rsidRDefault="00303D79" w:rsidP="000B6943">
             <w:pPr>
               <w:pStyle w:val="tj"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="IBM Plex Serif" w:hAnsi="IBM Plex Serif"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidR="00A157EA" w:rsidRPr="004E2C92">
                 <w:rPr>
                   <w:rStyle w:val="a6"/>
                   <w:rFonts w:ascii="IBM Plex Serif" w:hAnsi="IBM Plex Serif"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Датою отримання попереджень про припинення електричної енергії буде вважатися дата їх особистого вручення, що підтверджується підписом одержувача та/або реєстрацією вхідної кореспонденції, або третій робочий день від дати отримання поштовим відділенням зв'язку, в якому обслуговується одержувач (у разі направлення поштою рекомендованим листом) або третій робочий день з дня відправки електронного повідомлення з поштового сервера </w:t>
               </w:r>
               <w:r w:rsidR="004E2C92">
                 <w:rPr>
                   <w:rStyle w:val="a6"/>
                   <w:rFonts w:ascii="IBM Plex Serif" w:hAnsi="IBM Plex Serif"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
@@ -4620,131 +2986,133 @@
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E12C13"/>
     <w:rsid w:val="000148BF"/>
     <w:rsid w:val="0003266E"/>
     <w:rsid w:val="00044293"/>
     <w:rsid w:val="00052429"/>
     <w:rsid w:val="000647F0"/>
     <w:rsid w:val="000855E0"/>
     <w:rsid w:val="00085C8C"/>
     <w:rsid w:val="000868C0"/>
     <w:rsid w:val="00091E2B"/>
     <w:rsid w:val="0009450E"/>
     <w:rsid w:val="000B62EF"/>
     <w:rsid w:val="000B6943"/>
     <w:rsid w:val="000C0F6A"/>
     <w:rsid w:val="000E05EC"/>
     <w:rsid w:val="000F474A"/>
     <w:rsid w:val="00116D1B"/>
     <w:rsid w:val="001215A3"/>
     <w:rsid w:val="00123FF8"/>
     <w:rsid w:val="00133CD6"/>
     <w:rsid w:val="00141AAF"/>
     <w:rsid w:val="001518D4"/>
     <w:rsid w:val="00162371"/>
     <w:rsid w:val="00185D8F"/>
     <w:rsid w:val="001D515F"/>
     <w:rsid w:val="001E6395"/>
     <w:rsid w:val="00207EC6"/>
     <w:rsid w:val="0022307D"/>
     <w:rsid w:val="00223A57"/>
     <w:rsid w:val="00242562"/>
     <w:rsid w:val="002857BA"/>
     <w:rsid w:val="002A3AD7"/>
     <w:rsid w:val="002B0ACC"/>
     <w:rsid w:val="002C0703"/>
     <w:rsid w:val="002F3466"/>
     <w:rsid w:val="002F76BC"/>
+    <w:rsid w:val="00303D79"/>
     <w:rsid w:val="00307B44"/>
     <w:rsid w:val="00363996"/>
     <w:rsid w:val="00366C20"/>
     <w:rsid w:val="003C7171"/>
     <w:rsid w:val="003D34C0"/>
     <w:rsid w:val="003F16B3"/>
     <w:rsid w:val="00413398"/>
     <w:rsid w:val="004168A4"/>
     <w:rsid w:val="00417A42"/>
+    <w:rsid w:val="00426AB9"/>
     <w:rsid w:val="00432C57"/>
     <w:rsid w:val="00487246"/>
     <w:rsid w:val="00494273"/>
     <w:rsid w:val="004A5858"/>
     <w:rsid w:val="004E2C92"/>
     <w:rsid w:val="00512754"/>
     <w:rsid w:val="00532DEB"/>
     <w:rsid w:val="00576000"/>
     <w:rsid w:val="00576C09"/>
     <w:rsid w:val="0058729B"/>
     <w:rsid w:val="005D1AAB"/>
     <w:rsid w:val="005D2AB1"/>
     <w:rsid w:val="005E64B5"/>
     <w:rsid w:val="00611E0F"/>
     <w:rsid w:val="0064305B"/>
     <w:rsid w:val="00653D4C"/>
     <w:rsid w:val="006869E4"/>
     <w:rsid w:val="00691B38"/>
     <w:rsid w:val="006B0798"/>
     <w:rsid w:val="006C3C88"/>
     <w:rsid w:val="006D140F"/>
     <w:rsid w:val="007236E1"/>
     <w:rsid w:val="0072465B"/>
     <w:rsid w:val="007263A8"/>
     <w:rsid w:val="00767A59"/>
+    <w:rsid w:val="00785D61"/>
     <w:rsid w:val="007935B3"/>
     <w:rsid w:val="007B7E37"/>
     <w:rsid w:val="007E1D00"/>
     <w:rsid w:val="007F315B"/>
     <w:rsid w:val="007F5EE8"/>
     <w:rsid w:val="00834750"/>
     <w:rsid w:val="00835F2D"/>
     <w:rsid w:val="00865FA4"/>
     <w:rsid w:val="0087491A"/>
     <w:rsid w:val="008972AE"/>
     <w:rsid w:val="008978AF"/>
     <w:rsid w:val="008B1689"/>
     <w:rsid w:val="008E58A2"/>
     <w:rsid w:val="009245B9"/>
     <w:rsid w:val="0096128A"/>
     <w:rsid w:val="0096152D"/>
     <w:rsid w:val="00971606"/>
     <w:rsid w:val="0097309F"/>
     <w:rsid w:val="00986783"/>
     <w:rsid w:val="00986A9C"/>
     <w:rsid w:val="009876CC"/>
     <w:rsid w:val="009C795A"/>
     <w:rsid w:val="009E4F9B"/>
     <w:rsid w:val="009F2DD6"/>
     <w:rsid w:val="009F59BC"/>
@@ -5005,50 +3373,51 @@
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="005D2AB1"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
@@ -5483,50 +3852,51 @@
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="005D2AB1"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
@@ -6529,65 +4899,65 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>7471</Words>
   <Characters>4260</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>35</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>11708</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>